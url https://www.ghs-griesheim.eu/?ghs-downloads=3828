--- v0 (2025-10-14)
+++ v1 (2026-03-04)
@@ -8,71 +8,71 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="14B758FD" w14:textId="77777777" w:rsidR="008A1ACB" w:rsidRDefault="008A1ACB" w:rsidP="008268DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A1ACB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
         <w:t>BÜA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58DDA44C" w14:textId="2EA2227D" w:rsidR="008118E2" w:rsidRPr="00CB4174" w:rsidRDefault="00C620DC" w:rsidP="008268DF">
+    <w:p w14:paraId="58DDA44C" w14:textId="67AB6419" w:rsidR="008118E2" w:rsidRPr="00CB4174" w:rsidRDefault="00C620DC" w:rsidP="008268DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB4174">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Bewerbungsformular für die Berufsfachschule </w:t>
       </w:r>
       <w:r w:rsidR="00096B53" w:rsidRPr="00CB4174">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>zum Übergang in Ausbildung (BÜA)</w:t>
       </w:r>
       <w:r w:rsidR="00E44AD8" w:rsidRPr="00CB4174">
@@ -147,121 +147,121 @@
       </w:r>
       <w:r w:rsidR="008118E2" w:rsidRPr="00CB4174">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Schuljahr </w:t>
       </w:r>
       <w:r w:rsidR="008118E2" w:rsidRPr="00967C2B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00791753" w:rsidRPr="00967C2B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>02</w:t>
       </w:r>
-      <w:r w:rsidR="001710A1">
+      <w:r w:rsidR="00D571EA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00791753" w:rsidRPr="00967C2B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidR="001710A1">
+      <w:r w:rsidR="00D571EA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00231072" w:rsidRPr="00CB4174">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00726F93" w:rsidRPr="00CB4174">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Bewerbungs</w:t>
       </w:r>
       <w:r w:rsidR="00231072" w:rsidRPr="00CB4174">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">frist bis: </w:t>
       </w:r>
       <w:r w:rsidR="008A1ACB" w:rsidRPr="00967C2B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>31.03.</w:t>
       </w:r>
       <w:r w:rsidR="00294EAE" w:rsidRPr="00967C2B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="001710A1">
+      <w:r w:rsidR="00D571EA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49F4CEE7" w14:textId="63531286" w:rsidR="00D260CD" w:rsidRPr="00463403" w:rsidRDefault="003A11E4" w:rsidP="008268DF">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00463403">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bitte kreuzen Sie </w:t>
       </w:r>
       <w:r w:rsidR="00D2074B" w:rsidRPr="00463403">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>die gewünschte Schule an</w:t>
@@ -523,60 +523,60 @@
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Kontrollkästchen6"/>
             <w:r w:rsidRPr="00DD6AD1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00DD6AD1">
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00DD6AD1">
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DD6AD1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w14:paraId="150A7969" w14:textId="77777777" w:rsidR="00DD6AD1" w:rsidRPr="00DD6AD1" w:rsidRDefault="00DD6AD1" w:rsidP="00463403">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-49"/>
@@ -721,71 +721,140 @@
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidR="00463403" w:rsidRPr="00DD6AD1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Metalltechnik</w:t>
             </w:r>
             <w:r w:rsidR="00463403">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07F44205" w14:textId="77777777" w:rsidR="00463403" w:rsidRDefault="00463403" w:rsidP="007A7AE8">
+          <w:p w14:paraId="07F44205" w14:textId="06641459" w:rsidR="00463403" w:rsidRDefault="00463403" w:rsidP="007A7AE8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="211"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>- KFZ-Technik</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="486D5E24" w14:textId="7C529A23" w:rsidR="00BA47C6" w:rsidRDefault="00BA47C6" w:rsidP="007A7AE8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="211"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>- Kunststofftechnik/Design</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07F03305" w14:textId="16A73ADF" w:rsidR="00BA47C6" w:rsidRDefault="00BA47C6" w:rsidP="007A7AE8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="211"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Versorgungstechnik </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="288A307D" w14:textId="2B80F787" w:rsidR="00BA47C6" w:rsidRDefault="00BA47C6" w:rsidP="007A7AE8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="211"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  (Haustechnik)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="617A7D41" w14:textId="5F52EFC1" w:rsidR="00DD6AD1" w:rsidRPr="007A7AE8" w:rsidRDefault="00DD6AD1" w:rsidP="007A7AE8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="211"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -944,60 +1013,60 @@
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DD6AD1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00DD6AD1">
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00DD6AD1">
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DD6AD1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="53F572BC" w14:textId="287AA7DA" w:rsidR="00614552" w:rsidRPr="00DD6AD1" w:rsidRDefault="00614552" w:rsidP="00E464EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-49"/>
               <w:jc w:val="center"/>
@@ -1637,70 +1706,70 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D7D73" w14:paraId="0F7B2B75" w14:textId="77777777" w:rsidTr="008268DF">
         <w:trPr>
           <w:trHeight w:val="417"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FE6558D" w14:textId="0332E26A" w:rsidR="004D7D73" w:rsidRDefault="00CE0E58" w:rsidP="00906272">
+          <w:p w14:paraId="1FE6558D" w14:textId="751DDE03" w:rsidR="004D7D73" w:rsidRDefault="00CE0E58" w:rsidP="00906272">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Alter am 01.08.202</w:t>
             </w:r>
-            <w:r w:rsidR="001710A1">
-[...4 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="00D571EA">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="004D7D73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="626CB9E5" w14:textId="77777777" w:rsidR="004D7D73" w:rsidRDefault="004D7D73" w:rsidP="00906272">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1847,57 +1916,57 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DF37CB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1906,57 +1975,57 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D7D73" w14:paraId="2E930F03" w14:textId="77777777" w:rsidTr="00D55376">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2259,57 +2328,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  Lernen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2326,109 +2395,109 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  Hören                        </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="000329FB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -2445,57 +2514,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  emotional/sozial</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2505,109 +2574,109 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  Sehen                        </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00316043">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -2646,57 +2715,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00344AC6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -2770,57 +2839,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="000D6B7C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2838,57 +2907,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="000D6B7C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  Förderschule </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2959,265 +3028,265 @@
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  A2      </w:t>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  B1      </w:t>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  B2      </w:t>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  C1       </w:t>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  C2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008268DF" w:rsidRPr="00BE7794" w14:paraId="23617146" w14:textId="77777777" w:rsidTr="008268DF">
         <w:trPr>
@@ -3297,57 +3366,57 @@
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3365,57 +3434,57 @@
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3490,57 +3559,57 @@
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A85159">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00A85159">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00142A31">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3558,57 +3627,57 @@
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A85159">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00A85159">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3624,57 +3693,57 @@
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A85159">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00A85159">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  Hauptschulabschluss </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="581A8F51" w14:textId="44EFF18B" w:rsidR="008268DF" w:rsidRPr="00A85159" w:rsidRDefault="008268DF" w:rsidP="008268DF">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
@@ -3685,57 +3754,57 @@
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A85159">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00A85159">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  Das Erreichen des Hauptschulabschlusses ist </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3842,57 +3911,57 @@
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A85159">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00A85159">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  qualifizierender Hauptschulabschluss</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BEE7589" w14:textId="32F6B69C" w:rsidR="008268DF" w:rsidRDefault="008268DF" w:rsidP="008268DF">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
@@ -3906,57 +3975,57 @@
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A85159">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00A85159">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -4118,199 +4187,191 @@
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-            </w:r>
-[...11 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E24863">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00E24863" w:rsidRPr="00E24863">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bewerbungsschreiben</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7626EFF7" w14:textId="2A21B422" w:rsidR="00E24863" w:rsidRDefault="00E24863" w:rsidP="002C2C3D">
-[...1 lines deleted...]
-              <w:ind w:left="284" w:hanging="284"/>
+          <w:p w14:paraId="7626EFF7" w14:textId="060AE748" w:rsidR="00E24863" w:rsidRDefault="00E24863" w:rsidP="00E24863">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-            </w:r>
-[...11 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00E24863">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tabellarischer Lebenslauf mit Passbild</w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> (digitale Form ist möglich)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48501283" w14:textId="77777777" w:rsidR="00CB4174" w:rsidRPr="00E24863" w:rsidRDefault="00CB4174" w:rsidP="00CB4174">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00E24863">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4341,57 +4402,57 @@
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00E87E04">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4444,57 +4505,57 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Kontrollkästchen1"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidR="00E24863">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="008268DF" w:rsidRPr="00231E58">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4564,57 +4625,57 @@
             <w:r w:rsidRPr="00231E58">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00231E58">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00231E58">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00231E58">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00231E58">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00231E58">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00231E58">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4647,57 +4708,57 @@
             <w:r w:rsidRPr="00CB4174">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00CB4174">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00CB4174">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CB4174">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CB4174">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="003F6295">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CB4174">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4729,57 +4790,57 @@
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00E24863">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4803,218 +4864,218 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Abgabefrist:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B7DDE52" w14:textId="77777777" w:rsidR="00E24863" w:rsidRDefault="00E24863" w:rsidP="00DD6AD1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3597" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26C6E3B4" w14:textId="47017998" w:rsidR="00E24863" w:rsidRPr="00CB4174" w:rsidRDefault="00A73090" w:rsidP="00965F12">
+          <w:p w14:paraId="26C6E3B4" w14:textId="588B4B62" w:rsidR="00E24863" w:rsidRPr="00CB4174" w:rsidRDefault="00A73090" w:rsidP="00965F12">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00967C2B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>31.03</w:t>
             </w:r>
             <w:r w:rsidR="00791753" w:rsidRPr="00967C2B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
-            <w:r w:rsidR="005D0989">
+            <w:r w:rsidR="00D571EA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00965F12">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> an die Berufliche Schule</w:t>
             </w:r>
             <w:r w:rsidR="004360EF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>; Besprechung</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0061388C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">am </w:t>
             </w:r>
             <w:r w:rsidR="00294EAE" w:rsidRPr="00967C2B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="005D0989">
+            <w:r w:rsidR="00D571EA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00294EAE" w:rsidRPr="00967C2B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.04./</w:t>
             </w:r>
-            <w:r w:rsidR="005D0989">
+            <w:r w:rsidR="00D571EA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>30</w:t>
+              <w:t>22</w:t>
             </w:r>
             <w:r w:rsidR="00294EAE" w:rsidRPr="00967C2B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.04</w:t>
             </w:r>
             <w:r w:rsidR="002F4CB7" w:rsidRPr="00967C2B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00294EAE" w:rsidRPr="00967C2B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidR="005D0989">
+            <w:r w:rsidR="00D571EA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>02</w:t>
+              <w:t>23</w:t>
             </w:r>
             <w:r w:rsidR="00294EAE" w:rsidRPr="00967C2B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
-            <w:r w:rsidR="005D0989">
+            <w:r w:rsidR="00D571EA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="0061388C" w:rsidRPr="00967C2B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="002F4CB7" w:rsidRPr="00967C2B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="005D0989">
+            <w:r w:rsidR="00D571EA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00294EAE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004360EF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>im Rahmen der Übergangskonferenzen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E24863" w:rsidRPr="00DD6AD1" w14:paraId="1D88A5DE" w14:textId="77777777" w:rsidTr="00142A31">
         <w:trPr>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
@@ -5156,134 +5217,144 @@
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7E5B3801" w14:textId="77777777" w:rsidR="004F5B10" w:rsidRDefault="004F5B10" w:rsidP="004F5B10">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB52FE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Entscheidung über die Aufnahme oder Ablehnung:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3597" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C807940" w14:textId="5F9FC0E5" w:rsidR="004F5B10" w:rsidRDefault="00C94BD8" w:rsidP="004360EF">
+          <w:p w14:paraId="0C807940" w14:textId="11A157A7" w:rsidR="004F5B10" w:rsidRDefault="00C94BD8" w:rsidP="004360EF">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">bis zum </w:t>
             </w:r>
             <w:r w:rsidRPr="00967C2B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
             <w:r w:rsidR="00294EAE" w:rsidRPr="00967C2B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.05.202</w:t>
             </w:r>
-            <w:r w:rsidR="005D0989">
+            <w:r w:rsidR="00D571EA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="004360EF" w:rsidRPr="00CB4174">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r w:rsidR="004F5B10">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">über den Rücklaufbogen an die Eltern </w:t>
             </w:r>
             <w:r w:rsidR="004360EF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">und </w:t>
             </w:r>
             <w:r w:rsidR="004F5B10">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>die abgebenden Schulen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="31D09B7C" w14:textId="05C96EE5" w:rsidR="003D750F" w:rsidRDefault="003D750F" w:rsidP="00231072">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35E38772" w14:textId="5F175589" w:rsidR="00893651" w:rsidRDefault="00893651" w:rsidP="00231072">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D395B7D" w14:textId="77777777" w:rsidR="00CB52EC" w:rsidRDefault="00CB52EC" w:rsidP="00231072">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="642C3EE0" w14:textId="72F4D6DB" w:rsidR="00231072" w:rsidRDefault="00231072" w:rsidP="00231072">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00427536">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
         </w:rPr>
         <w:t>Von der Schülerin/dem Schüler auszufüllen:</w:t>
@@ -8963,53 +9034,52 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="603D9730" w14:textId="77777777" w:rsidR="00107867" w:rsidRPr="008268DF" w:rsidRDefault="00107867" w:rsidP="003C1980">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35DDE6BA" w14:textId="77777777" w:rsidR="00D260CD" w:rsidRPr="00D260CD" w:rsidRDefault="00107867" w:rsidP="004E3423">
-[...1 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="35DDE6BA" w14:textId="77777777" w:rsidR="00D260CD" w:rsidRPr="00D260CD" w:rsidRDefault="00107867" w:rsidP="00D260CD">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D260CD">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Schülerin/der Schüler ist </w:t>
       </w:r>
       <w:r w:rsidRPr="003F6295">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>lt. Beschluss der Klassenkonferenz</w:t>
       </w:r>
       <w:r w:rsidRPr="00D260CD">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -9120,345 +9190,244 @@
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00D260CD">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   __  </w:t>
       </w:r>
       <w:r w:rsidRPr="00D260CD">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> geeignet für</w:t>
       </w:r>
       <w:r w:rsidR="00D260CD" w:rsidRPr="00D260CD">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F7B04DE" w14:textId="77777777" w:rsidR="004E3423" w:rsidRDefault="00D260CD" w:rsidP="004E3423">
-[...6 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="1CE942B1" w14:textId="6FA8C557" w:rsidR="00D260CD" w:rsidRPr="00D260CD" w:rsidRDefault="00D260CD" w:rsidP="00D260CD">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D260CD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D260CD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00D260CD">
+      <w:r w:rsidR="00BA47C6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00D260CD">
+      <w:r w:rsidR="00BA47C6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D260CD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D260CD">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">…den Übergang in die </w:t>
       </w:r>
       <w:r w:rsidRPr="00D260CD">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Berufsfachschule zum Übergang in Ausbildung (BÜA)</w:t>
       </w:r>
       <w:r w:rsidR="00A27C04">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F6295">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
+        <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidR="00A92EDD" w:rsidRPr="00636941">
+      <w:r w:rsidR="00A92EDD" w:rsidRPr="00A92EDD">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(für Sprachanfänger</w:t>
       </w:r>
-      <w:r w:rsidR="00636941" w:rsidRPr="00636941">
+      <w:r w:rsidR="003F6295">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>innen und Sprachanfänger</w:t>
+        <w:t xml:space="preserve"> gilt</w:t>
       </w:r>
-      <w:r w:rsidR="003F6295" w:rsidRPr="00636941">
+      <w:r w:rsidR="00A92EDD" w:rsidRPr="00A92EDD">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> gilt</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00E464EC" w:rsidRPr="00636941">
+      <w:r w:rsidR="00E464EC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Arbeits- und Sozialverhalten</w:t>
       </w:r>
-      <w:r w:rsidR="004E3423" w:rsidRPr="004E3423">
+      <w:r w:rsidR="00A92EDD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">beteiligt sich an einfach geführten Gesprächen zu bekannten Themen, </w:t>
+        <w:t xml:space="preserve"> angemessen zur Erreichung des Schulabschlusses).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FFB6CA8" w14:textId="77777777" w:rsidR="004E3423" w:rsidRDefault="004E3423" w:rsidP="004E3423">
-[...3 lines deleted...]
-        <w:contextualSpacing/>
+    <w:p w14:paraId="3BB040F7" w14:textId="3120DFD8" w:rsidR="00D260CD" w:rsidRDefault="00D260CD" w:rsidP="00D260CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-49"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:bCs/>
-[...87 lines deleted...]
-          <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D260CD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D260CD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00D260CD">
+      <w:r w:rsidR="00BA47C6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00D260CD">
+      <w:r w:rsidR="00BA47C6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D260CD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D260CD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -9477,185 +9446,160 @@
         </w:rPr>
         <w:t>Stufe II der BÜA</w:t>
       </w:r>
       <w:r w:rsidR="00137A05">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D4EF8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>im 2. Jahr</w:t>
       </w:r>
-      <w:r w:rsidR="004E3423">
+      <w:r w:rsidR="003F6295">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">           </w:t>
+        <w:br/>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r w:rsidR="003F6295">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">     (Q</w:t>
       </w:r>
-      <w:r w:rsidR="003F6295">
+      <w:r w:rsidR="00A92EDD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>(Q</w:t>
+        <w:t xml:space="preserve">HSA oder einfacher HSA mit den Noten 3/3/4 in den Hauptfächern M/D/E; Nebenfächer Durchschnitt 3,0 oder besser </w:t>
       </w:r>
-      <w:r w:rsidR="00A92EDD">
+    </w:p>
+    <w:p w14:paraId="7075811B" w14:textId="4E50F64B" w:rsidR="003F6295" w:rsidRPr="003F6295" w:rsidRDefault="003F6295" w:rsidP="00D260CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-49"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">HSA oder einfacher HSA mit den Noten 3/3/4 in den Hauptfächern M/D/E; Nebenfächer Durchschnitt 3,0 oder besser </w:t>
-[...5 lines deleted...]
-        <w:ind w:right="-51"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">      sowie Lernentwicklung, Leistungsstand und Arbeitshaltung angemessen).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73B91433" w14:textId="77777777" w:rsidR="00D260CD" w:rsidRPr="00DD6AD1" w:rsidRDefault="00D260CD" w:rsidP="00D260CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-49"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">     </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="de-DE"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="de-DE"/>
-[...1 lines deleted...]
-        <w:t>sowie Lernentwicklung, Leistungsstand und Arbeitshaltung angemessen).</w:t>
+        </w:rPr>
+        <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D260CD">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D260CD">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D260CD">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D260CD">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D260CD">
-[...6 lines deleted...]
-      <w:r w:rsidR="00D260CD">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="10260" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5159"/>
         <w:gridCol w:w="9"/>
         <w:gridCol w:w="5092"/>
       </w:tblGrid>
       <w:tr w:rsidR="00261C97" w14:paraId="6E8DDA3F" w14:textId="77777777" w:rsidTr="00C95B1B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -9971,51 +9915,51 @@
         <w:t xml:space="preserve">Mit Abgabe dieser Unterlagen wird </w:t>
       </w:r>
       <w:r w:rsidRPr="00F51100">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>kein Rechtsanspruch auf Aufnahme</w:t>
       </w:r>
       <w:r w:rsidRPr="00F51100">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> erlangt!</w:t>
       </w:r>
       <w:r w:rsidR="00DB574C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23D37514" w14:textId="3F7F8AA8" w:rsidR="00B952AE" w:rsidRPr="00FA5CBE" w:rsidRDefault="00922F89" w:rsidP="00261C97">
+    <w:p w14:paraId="23D37514" w14:textId="130C1C43" w:rsidR="00B952AE" w:rsidRPr="00FA5CBE" w:rsidRDefault="00922F89" w:rsidP="00261C97">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0079146F">
         <w:rPr>
           <w:i/>
           <w:noProof/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7478C99D" wp14:editId="58DB9035">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>5721985</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="699770" cy="871220"/>
             <wp:effectExtent l="0" t="0" r="5080" b="5080"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2" name="Grafik 2"/>
@@ -10054,73 +9998,73 @@
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00791753">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Rücklaufbogen </w:t>
       </w:r>
       <w:r w:rsidR="00791753" w:rsidRPr="00967C2B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="005D0989">
+      <w:r w:rsidR="00D571EA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00791753" w:rsidRPr="00967C2B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidR="005D0989">
+      <w:r w:rsidR="00D571EA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00B952AE" w:rsidRPr="0079146F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00726F93" w:rsidRPr="0079146F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>zu Bewerbungen für</w:t>
       </w:r>
       <w:r w:rsidR="00726F93">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -11215,58 +11159,58 @@
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen11"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Kontrollkästchen11"/>
             <w:r w:rsidR="00137A05" w:rsidRPr="00144033">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00137A05" w:rsidRPr="00144033">
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00137A05" w:rsidRPr="00144033">
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00137A05" w:rsidRPr="00144033">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
             <w:r w:rsidRPr="00144033">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00144033">
@@ -11289,115 +11233,115 @@
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen11"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00137A05" w:rsidRPr="00144033">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00137A05" w:rsidRPr="00144033">
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00137A05" w:rsidRPr="00144033">
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00137A05" w:rsidRPr="00144033">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00137A05" w:rsidRPr="00144033">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Erasmus-Kittler-Schule    </w:t>
             </w:r>
             <w:r w:rsidR="00137A05" w:rsidRPr="00144033">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen11"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00137A05" w:rsidRPr="00144033">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00137A05" w:rsidRPr="00144033">
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00137A05" w:rsidRPr="00144033">
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00137A05" w:rsidRPr="00144033">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00137A05" w:rsidRPr="00144033">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Peter-Behrens-Schule</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -11411,100 +11355,101 @@
             <w:tcW w:w="10251" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5604422C" w14:textId="77777777" w:rsidR="00E36FD6" w:rsidRPr="00A85159" w:rsidRDefault="00E36FD6" w:rsidP="003C1980">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1165"/>
                 <w:tab w:val="left" w:pos="1602"/>
                 <w:tab w:val="left" w:pos="4437"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Hinweis bei Zusage: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C6B66E0" w14:textId="72711877" w:rsidR="00E36FD6" w:rsidRPr="00021A28" w:rsidRDefault="00E36FD6" w:rsidP="00021A28">
+          <w:p w14:paraId="7C6B66E0" w14:textId="77777777" w:rsidR="00E36FD6" w:rsidRPr="00021A28" w:rsidRDefault="00E36FD6" w:rsidP="00021A28">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1165"/>
                 <w:tab w:val="left" w:pos="1602"/>
                 <w:tab w:val="left" w:pos="4437"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">a) </w:t>
             </w:r>
             <w:r w:rsidRPr="00021A28">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>W</w:t>
             </w:r>
             <w:r w:rsidR="003C1980" w:rsidRPr="00021A28">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>urde kein Abschluss oder der BO-Abschluss oder der Haupt</w:t>
             </w:r>
             <w:r w:rsidRPr="00021A28">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>schulabschluss erreicht, so kann</w:t>
             </w:r>
-            <w:r w:rsidR="009361F6">
+            <w:r w:rsidRPr="00021A28">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001E4C0E" w:rsidRPr="00021A28">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">in der Regel </w:t>
             </w:r>
             <w:r w:rsidR="003C1980" w:rsidRPr="00021A28">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">nur </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F5697DC" w14:textId="549C58C3" w:rsidR="001E4C0E" w:rsidRPr="00021A28" w:rsidRDefault="00E36FD6" w:rsidP="00021A28">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1165"/>
                 <w:tab w:val="left" w:pos="1602"/>
@@ -11807,57 +11752,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A85159">
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00A85159">
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -11914,57 +11859,57 @@
             <w:bookmarkStart w:id="9" w:name="Kontrollkästchen12"/>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen12"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A85159">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00A85159">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
           <w:p w14:paraId="040A1125" w14:textId="77777777" w:rsidR="00010DB8" w:rsidRPr="00A85159" w:rsidRDefault="00010DB8" w:rsidP="00010DB8">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1165"/>
                 <w:tab w:val="left" w:pos="1602"/>
@@ -11992,57 +11937,57 @@
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A85159">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00A85159">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="11405B49" w14:textId="77777777" w:rsidR="00010DB8" w:rsidRPr="00A85159" w:rsidRDefault="00010DB8" w:rsidP="00010DB8">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1165"/>
                 <w:tab w:val="left" w:pos="1602"/>
                 <w:tab w:val="left" w:pos="4268"/>
@@ -12070,57 +12015,57 @@
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A85159">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00A85159">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CFAC4C0" w14:textId="77777777" w:rsidR="00010DB8" w:rsidRPr="00A85159" w:rsidRDefault="00010DB8" w:rsidP="00010DB8">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
@@ -12155,57 +12100,57 @@
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A85159">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00A85159">
+            <w:r w:rsidR="00BA47C6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A85159" w:rsidRPr="00A85159" w14:paraId="5CC01295" w14:textId="77777777" w:rsidTr="00A85159">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10251" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B426241" w14:textId="77777777" w:rsidR="00EA3B2C" w:rsidRPr="00A85159" w:rsidRDefault="00326D97" w:rsidP="002D422C">
             <w:pPr>
               <w:rPr>
@@ -12215,57 +12160,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A85159">
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00A85159">
+            <w:r w:rsidR="00BA47C6">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00EA3B2C" w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A826AB" w:rsidRPr="00A85159">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -12381,76 +12326,76 @@
       <w:r w:rsidR="000873F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009565F0">
         <w:t>Schulstempel</w:t>
       </w:r>
       <w:r w:rsidR="00BE1E2C">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009565F0" w:rsidSect="00DD6AD1">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="568" w:right="624" w:bottom="284" w:left="1021" w:header="709" w:footer="261" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="54A04E53" w14:textId="77777777" w:rsidR="003F6295" w:rsidRDefault="003F6295" w:rsidP="00F11E08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="33D0AC3F" w14:textId="77777777" w:rsidR="003F6295" w:rsidRDefault="003F6295" w:rsidP="00F11E08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -12467,51 +12412,51 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="5005A24A" w14:textId="619028AC" w:rsidR="003F6295" w:rsidRPr="00FC20A4" w:rsidRDefault="003F6295" w:rsidP="00F11E08">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00FC20A4">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r w:rsidRPr="00FC20A4">
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00FC20A4">
@@ -12578,51 +12523,51 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00CE0E58">
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00FC20A4">
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="570E8EAD" w14:textId="607E01B1" w:rsidR="003F6295" w:rsidRPr="003D230B" w:rsidRDefault="003F6295" w:rsidP="00F11E08">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003D230B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r w:rsidRPr="003D230B">
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="003D230B">
@@ -12689,122 +12634,122 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00CE0E58">
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="003D230B">
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0E2FBB7C" w14:textId="77777777" w:rsidR="003F6295" w:rsidRDefault="003F6295" w:rsidP="00F11E08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7F8BC34A" w14:textId="77777777" w:rsidR="003F6295" w:rsidRDefault="003F6295" w:rsidP="00F11E08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="6EB3A6BA" w14:textId="169C36FB" w:rsidR="003F6295" w:rsidRDefault="003F6295" w:rsidP="00010DB8">
       <w:pPr>
         <w:pStyle w:val="Funotentext"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Funotenzeichen"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Weitere Angaben ggf. auf der Rückseite.  </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="5C138648" w14:textId="77777777" w:rsidR="003F6295" w:rsidRDefault="003F6295">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="272BCA8F" w14:textId="77777777" w:rsidR="003F6295" w:rsidRDefault="003F6295">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="47853F59" w14:textId="77777777" w:rsidR="003F6295" w:rsidRDefault="003F6295">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="115E0031"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F88C49C"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -14319,156 +14264,155 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="793794995">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="626664285">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="264113188">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="783697825">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="583995319">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="760567422">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1879008055">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="325519738">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1331056532">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="411901109">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="823667744">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1727948349">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="789739027">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1881046776">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="287013678">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="LZkUvwWzGXPa9fn+h1cHth2G2PfCc96mxwkEkIyOTBIdA6IAqyVZFYaZjVsvtllGE1cBOBarPEt5SitmJ3Jf3w==" w:salt="hnA0ebQ+GCVFhaf3BALUyA=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="454"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="120833"/>
+    <o:shapedefaults v:ext="edit" spidmax="112641"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C620DC"/>
     <w:rsid w:val="000059E7"/>
     <w:rsid w:val="0000670B"/>
     <w:rsid w:val="00010DB8"/>
     <w:rsid w:val="000214BD"/>
     <w:rsid w:val="00021A28"/>
     <w:rsid w:val="00021DAB"/>
     <w:rsid w:val="000221EE"/>
     <w:rsid w:val="000242CE"/>
     <w:rsid w:val="0002702E"/>
     <w:rsid w:val="000329FB"/>
     <w:rsid w:val="0003509A"/>
     <w:rsid w:val="000457AF"/>
     <w:rsid w:val="00070BFA"/>
     <w:rsid w:val="00071634"/>
     <w:rsid w:val="000873F0"/>
     <w:rsid w:val="00094B95"/>
     <w:rsid w:val="0009626E"/>
     <w:rsid w:val="00096B53"/>
     <w:rsid w:val="000A0E27"/>
     <w:rsid w:val="000A4838"/>
     <w:rsid w:val="000D398E"/>
     <w:rsid w:val="000D49A8"/>
     <w:rsid w:val="000D5F12"/>
     <w:rsid w:val="000D6668"/>
     <w:rsid w:val="000D6B7C"/>
     <w:rsid w:val="000E0734"/>
     <w:rsid w:val="000E1855"/>
     <w:rsid w:val="000E6249"/>
     <w:rsid w:val="000E7379"/>
-    <w:rsid w:val="000F1178"/>
     <w:rsid w:val="000F2C24"/>
     <w:rsid w:val="000F5827"/>
     <w:rsid w:val="00107867"/>
     <w:rsid w:val="00111EC4"/>
     <w:rsid w:val="0011423B"/>
     <w:rsid w:val="001178BF"/>
     <w:rsid w:val="001266A2"/>
     <w:rsid w:val="00135A42"/>
     <w:rsid w:val="00137A05"/>
     <w:rsid w:val="00142A31"/>
     <w:rsid w:val="00144033"/>
     <w:rsid w:val="00146049"/>
     <w:rsid w:val="00152A6E"/>
     <w:rsid w:val="00154936"/>
     <w:rsid w:val="00161B8A"/>
     <w:rsid w:val="0016310A"/>
     <w:rsid w:val="001710A1"/>
     <w:rsid w:val="001714DE"/>
     <w:rsid w:val="001724E2"/>
     <w:rsid w:val="00192D70"/>
     <w:rsid w:val="001C042B"/>
     <w:rsid w:val="001C5C75"/>
     <w:rsid w:val="001D04D5"/>
     <w:rsid w:val="001D678B"/>
     <w:rsid w:val="001E07A2"/>
@@ -14477,51 +14421,50 @@
     <w:rsid w:val="002072C7"/>
     <w:rsid w:val="00212095"/>
     <w:rsid w:val="00231072"/>
     <w:rsid w:val="00233AC2"/>
     <w:rsid w:val="00242025"/>
     <w:rsid w:val="00255059"/>
     <w:rsid w:val="00257191"/>
     <w:rsid w:val="00261C97"/>
     <w:rsid w:val="0026564A"/>
     <w:rsid w:val="0026772D"/>
     <w:rsid w:val="00267E1B"/>
     <w:rsid w:val="00276630"/>
     <w:rsid w:val="00284AC5"/>
     <w:rsid w:val="00285A18"/>
     <w:rsid w:val="0029205E"/>
     <w:rsid w:val="0029267E"/>
     <w:rsid w:val="00294218"/>
     <w:rsid w:val="00294B63"/>
     <w:rsid w:val="00294EAE"/>
     <w:rsid w:val="00295F4C"/>
     <w:rsid w:val="002A2006"/>
     <w:rsid w:val="002A4402"/>
     <w:rsid w:val="002A675B"/>
     <w:rsid w:val="002B19FB"/>
     <w:rsid w:val="002C2276"/>
-    <w:rsid w:val="002C2C3D"/>
     <w:rsid w:val="002D422C"/>
     <w:rsid w:val="002D7CE9"/>
     <w:rsid w:val="002F4CB7"/>
     <w:rsid w:val="00301E07"/>
     <w:rsid w:val="00303EE2"/>
     <w:rsid w:val="003041F8"/>
     <w:rsid w:val="00312C51"/>
     <w:rsid w:val="00313A77"/>
     <w:rsid w:val="00317729"/>
     <w:rsid w:val="003251E1"/>
     <w:rsid w:val="00325F00"/>
     <w:rsid w:val="00326D97"/>
     <w:rsid w:val="003273B5"/>
     <w:rsid w:val="003348C4"/>
     <w:rsid w:val="0033521F"/>
     <w:rsid w:val="00342BBE"/>
     <w:rsid w:val="00343082"/>
     <w:rsid w:val="00344FB0"/>
     <w:rsid w:val="003511F9"/>
     <w:rsid w:val="00361487"/>
     <w:rsid w:val="003669E9"/>
     <w:rsid w:val="00372EFE"/>
     <w:rsid w:val="00373B9C"/>
     <w:rsid w:val="003845BC"/>
     <w:rsid w:val="00385393"/>
@@ -14542,83 +14485,80 @@
     <w:rsid w:val="00413827"/>
     <w:rsid w:val="00413990"/>
     <w:rsid w:val="00427536"/>
     <w:rsid w:val="00432E92"/>
     <w:rsid w:val="00433B06"/>
     <w:rsid w:val="00434320"/>
     <w:rsid w:val="004360EF"/>
     <w:rsid w:val="00436C92"/>
     <w:rsid w:val="004542B6"/>
     <w:rsid w:val="00456972"/>
     <w:rsid w:val="004600DA"/>
     <w:rsid w:val="00463403"/>
     <w:rsid w:val="00477679"/>
     <w:rsid w:val="00487AA7"/>
     <w:rsid w:val="0049299D"/>
     <w:rsid w:val="004962E7"/>
     <w:rsid w:val="004A04C8"/>
     <w:rsid w:val="004A08A3"/>
     <w:rsid w:val="004A2F3D"/>
     <w:rsid w:val="004B2952"/>
     <w:rsid w:val="004B620E"/>
     <w:rsid w:val="004C0DED"/>
     <w:rsid w:val="004C4B8F"/>
     <w:rsid w:val="004C660D"/>
     <w:rsid w:val="004D7D73"/>
-    <w:rsid w:val="004E3423"/>
     <w:rsid w:val="004F2FBF"/>
     <w:rsid w:val="004F5B10"/>
     <w:rsid w:val="005035DF"/>
     <w:rsid w:val="005070EB"/>
     <w:rsid w:val="00511717"/>
     <w:rsid w:val="005231E9"/>
     <w:rsid w:val="00530F7E"/>
     <w:rsid w:val="00542995"/>
     <w:rsid w:val="00556833"/>
     <w:rsid w:val="005708AE"/>
     <w:rsid w:val="00577DA1"/>
     <w:rsid w:val="00594D1D"/>
     <w:rsid w:val="0059740D"/>
     <w:rsid w:val="005A6711"/>
     <w:rsid w:val="005B274E"/>
     <w:rsid w:val="005C7B4A"/>
     <w:rsid w:val="005D0989"/>
     <w:rsid w:val="005E644F"/>
     <w:rsid w:val="005F64D6"/>
     <w:rsid w:val="00601FFF"/>
     <w:rsid w:val="00603ACB"/>
     <w:rsid w:val="0061388C"/>
     <w:rsid w:val="00614552"/>
     <w:rsid w:val="006202AF"/>
     <w:rsid w:val="00627824"/>
     <w:rsid w:val="00634E3A"/>
-    <w:rsid w:val="00636941"/>
     <w:rsid w:val="006504F0"/>
     <w:rsid w:val="00652250"/>
     <w:rsid w:val="0066220D"/>
     <w:rsid w:val="006653F0"/>
-    <w:rsid w:val="0067114A"/>
     <w:rsid w:val="00682FB9"/>
     <w:rsid w:val="006948C4"/>
     <w:rsid w:val="006953F5"/>
     <w:rsid w:val="006A44E6"/>
     <w:rsid w:val="006D12CA"/>
     <w:rsid w:val="006D4EF8"/>
     <w:rsid w:val="006E1FF2"/>
     <w:rsid w:val="006F6021"/>
     <w:rsid w:val="00703381"/>
     <w:rsid w:val="00704F9B"/>
     <w:rsid w:val="00707B9A"/>
     <w:rsid w:val="00711F51"/>
     <w:rsid w:val="00725A5C"/>
     <w:rsid w:val="00726F93"/>
     <w:rsid w:val="007324DA"/>
     <w:rsid w:val="007351BF"/>
     <w:rsid w:val="00745665"/>
     <w:rsid w:val="00753C69"/>
     <w:rsid w:val="00757302"/>
     <w:rsid w:val="00764D8F"/>
     <w:rsid w:val="0078749A"/>
     <w:rsid w:val="00790234"/>
     <w:rsid w:val="0079146F"/>
     <w:rsid w:val="00791753"/>
     <w:rsid w:val="007A7AE8"/>
@@ -14648,180 +14588,178 @@
     <w:rsid w:val="00855474"/>
     <w:rsid w:val="008640D1"/>
     <w:rsid w:val="008679A6"/>
     <w:rsid w:val="008878E8"/>
     <w:rsid w:val="00887BB9"/>
     <w:rsid w:val="008905FD"/>
     <w:rsid w:val="00893651"/>
     <w:rsid w:val="008A1ACB"/>
     <w:rsid w:val="008A2A25"/>
     <w:rsid w:val="008B418D"/>
     <w:rsid w:val="008C612F"/>
     <w:rsid w:val="008C6E10"/>
     <w:rsid w:val="008C73CE"/>
     <w:rsid w:val="008C7525"/>
     <w:rsid w:val="008D0FBA"/>
     <w:rsid w:val="008D2E00"/>
     <w:rsid w:val="008D7862"/>
     <w:rsid w:val="00901B5C"/>
     <w:rsid w:val="00906272"/>
     <w:rsid w:val="00910F25"/>
     <w:rsid w:val="009161AA"/>
     <w:rsid w:val="009212E3"/>
     <w:rsid w:val="00922225"/>
     <w:rsid w:val="00922F89"/>
     <w:rsid w:val="00924F7B"/>
-    <w:rsid w:val="009361F6"/>
     <w:rsid w:val="009425F7"/>
     <w:rsid w:val="009435D7"/>
     <w:rsid w:val="00943CE1"/>
     <w:rsid w:val="00944BBD"/>
     <w:rsid w:val="009479CB"/>
     <w:rsid w:val="00953723"/>
     <w:rsid w:val="009565F0"/>
-    <w:rsid w:val="00962B54"/>
     <w:rsid w:val="0096413D"/>
     <w:rsid w:val="00965F12"/>
     <w:rsid w:val="00967B89"/>
     <w:rsid w:val="00967C2B"/>
     <w:rsid w:val="00976E6B"/>
     <w:rsid w:val="00980208"/>
     <w:rsid w:val="0098380C"/>
     <w:rsid w:val="00995F7A"/>
     <w:rsid w:val="009A5AF0"/>
     <w:rsid w:val="009B4AEB"/>
     <w:rsid w:val="009C4BEC"/>
     <w:rsid w:val="009D0E55"/>
     <w:rsid w:val="009D2964"/>
     <w:rsid w:val="009E35DC"/>
     <w:rsid w:val="009F63F8"/>
     <w:rsid w:val="00A076D8"/>
     <w:rsid w:val="00A11567"/>
     <w:rsid w:val="00A12BCA"/>
     <w:rsid w:val="00A20C9D"/>
     <w:rsid w:val="00A27C04"/>
     <w:rsid w:val="00A30E3A"/>
     <w:rsid w:val="00A31D45"/>
-    <w:rsid w:val="00A32A1C"/>
     <w:rsid w:val="00A358C7"/>
     <w:rsid w:val="00A42BFA"/>
     <w:rsid w:val="00A57565"/>
     <w:rsid w:val="00A624AA"/>
     <w:rsid w:val="00A62607"/>
     <w:rsid w:val="00A72048"/>
     <w:rsid w:val="00A73090"/>
     <w:rsid w:val="00A7398F"/>
     <w:rsid w:val="00A73E29"/>
     <w:rsid w:val="00A826AB"/>
     <w:rsid w:val="00A834A9"/>
     <w:rsid w:val="00A85159"/>
     <w:rsid w:val="00A866B3"/>
     <w:rsid w:val="00A92EDD"/>
     <w:rsid w:val="00AA30CC"/>
     <w:rsid w:val="00AA56D2"/>
     <w:rsid w:val="00AC1DD4"/>
     <w:rsid w:val="00AC1FFB"/>
     <w:rsid w:val="00AC5A29"/>
     <w:rsid w:val="00AC6B9D"/>
     <w:rsid w:val="00AE2442"/>
     <w:rsid w:val="00AE44F9"/>
     <w:rsid w:val="00AE58F6"/>
     <w:rsid w:val="00AE6E5B"/>
     <w:rsid w:val="00AF0EA5"/>
     <w:rsid w:val="00AF39E0"/>
     <w:rsid w:val="00AF3FF8"/>
     <w:rsid w:val="00B04B5B"/>
     <w:rsid w:val="00B0745D"/>
     <w:rsid w:val="00B15F85"/>
     <w:rsid w:val="00B20A59"/>
     <w:rsid w:val="00B20DEF"/>
     <w:rsid w:val="00B21938"/>
     <w:rsid w:val="00B241AE"/>
     <w:rsid w:val="00B25D1F"/>
     <w:rsid w:val="00B347E8"/>
     <w:rsid w:val="00B41FB3"/>
     <w:rsid w:val="00B46187"/>
     <w:rsid w:val="00B5089C"/>
     <w:rsid w:val="00B7129C"/>
     <w:rsid w:val="00B741FA"/>
     <w:rsid w:val="00B76444"/>
     <w:rsid w:val="00B80A34"/>
     <w:rsid w:val="00B952AE"/>
     <w:rsid w:val="00B973AA"/>
+    <w:rsid w:val="00BA47C6"/>
     <w:rsid w:val="00BB1742"/>
     <w:rsid w:val="00BB7E92"/>
     <w:rsid w:val="00BC07CB"/>
     <w:rsid w:val="00BC3640"/>
     <w:rsid w:val="00BD7A3C"/>
     <w:rsid w:val="00BE1E2C"/>
     <w:rsid w:val="00BE656E"/>
     <w:rsid w:val="00C02939"/>
     <w:rsid w:val="00C0338C"/>
     <w:rsid w:val="00C1552E"/>
     <w:rsid w:val="00C20652"/>
-    <w:rsid w:val="00C22A37"/>
     <w:rsid w:val="00C27FDC"/>
     <w:rsid w:val="00C30251"/>
     <w:rsid w:val="00C34083"/>
     <w:rsid w:val="00C41D8A"/>
     <w:rsid w:val="00C4379E"/>
     <w:rsid w:val="00C43D08"/>
     <w:rsid w:val="00C47DC7"/>
     <w:rsid w:val="00C60DD0"/>
     <w:rsid w:val="00C620DC"/>
     <w:rsid w:val="00C634E9"/>
     <w:rsid w:val="00C6545C"/>
     <w:rsid w:val="00C76B9F"/>
     <w:rsid w:val="00C86C5E"/>
     <w:rsid w:val="00C874F4"/>
     <w:rsid w:val="00C94BD8"/>
     <w:rsid w:val="00C95B1B"/>
     <w:rsid w:val="00CB0627"/>
     <w:rsid w:val="00CB1CCF"/>
     <w:rsid w:val="00CB2CE9"/>
     <w:rsid w:val="00CB4174"/>
     <w:rsid w:val="00CB52EC"/>
     <w:rsid w:val="00CC1CCF"/>
     <w:rsid w:val="00CC357E"/>
     <w:rsid w:val="00CC4448"/>
     <w:rsid w:val="00CD0F5C"/>
     <w:rsid w:val="00CD6B3F"/>
     <w:rsid w:val="00CD712B"/>
     <w:rsid w:val="00CE0E58"/>
     <w:rsid w:val="00D019BF"/>
     <w:rsid w:val="00D2074B"/>
     <w:rsid w:val="00D2305F"/>
     <w:rsid w:val="00D23CB8"/>
     <w:rsid w:val="00D260CD"/>
     <w:rsid w:val="00D26F1E"/>
     <w:rsid w:val="00D31451"/>
     <w:rsid w:val="00D33F64"/>
     <w:rsid w:val="00D36197"/>
     <w:rsid w:val="00D36302"/>
     <w:rsid w:val="00D4074E"/>
     <w:rsid w:val="00D552FF"/>
     <w:rsid w:val="00D55376"/>
+    <w:rsid w:val="00D571EA"/>
     <w:rsid w:val="00D67EC8"/>
     <w:rsid w:val="00D725B7"/>
     <w:rsid w:val="00D75AD7"/>
     <w:rsid w:val="00D75F07"/>
     <w:rsid w:val="00D81503"/>
     <w:rsid w:val="00D828C4"/>
     <w:rsid w:val="00D9242B"/>
     <w:rsid w:val="00D939F7"/>
     <w:rsid w:val="00D968A9"/>
     <w:rsid w:val="00D9779B"/>
     <w:rsid w:val="00DA11FF"/>
     <w:rsid w:val="00DA76DD"/>
     <w:rsid w:val="00DB574C"/>
     <w:rsid w:val="00DC43EB"/>
     <w:rsid w:val="00DD1271"/>
     <w:rsid w:val="00DD6AD1"/>
     <w:rsid w:val="00DD7084"/>
     <w:rsid w:val="00DF37CB"/>
     <w:rsid w:val="00DF63EE"/>
     <w:rsid w:val="00E24863"/>
     <w:rsid w:val="00E35D51"/>
     <w:rsid w:val="00E36FD6"/>
     <w:rsid w:val="00E44AD8"/>
     <w:rsid w:val="00E454E3"/>
     <w:rsid w:val="00E45F02"/>
@@ -14841,82 +14779,81 @@
     <w:rsid w:val="00EF45F3"/>
     <w:rsid w:val="00EF5BC9"/>
     <w:rsid w:val="00F02157"/>
     <w:rsid w:val="00F04258"/>
     <w:rsid w:val="00F10960"/>
     <w:rsid w:val="00F113E4"/>
     <w:rsid w:val="00F11E08"/>
     <w:rsid w:val="00F177E0"/>
     <w:rsid w:val="00F22B40"/>
     <w:rsid w:val="00F25517"/>
     <w:rsid w:val="00F25A0A"/>
     <w:rsid w:val="00F3699C"/>
     <w:rsid w:val="00F51100"/>
     <w:rsid w:val="00F51680"/>
     <w:rsid w:val="00F55785"/>
     <w:rsid w:val="00F5722D"/>
     <w:rsid w:val="00F60484"/>
     <w:rsid w:val="00F65DEB"/>
     <w:rsid w:val="00F84CC1"/>
     <w:rsid w:val="00F85078"/>
     <w:rsid w:val="00F9414B"/>
     <w:rsid w:val="00F965B3"/>
     <w:rsid w:val="00FA2186"/>
     <w:rsid w:val="00FA5CBE"/>
     <w:rsid w:val="00FD0125"/>
-    <w:rsid w:val="00FF101D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="120833"/>
+    <o:shapedefaults v:ext="edit" spidmax="112641"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="49994C80"/>
   <w15:docId w15:val="{83324E77-869D-4724-AD49-F10CB8CE8609}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -15565,51 +15502,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D260CD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
     <w:name w:val="Kommentarthema Zchn"/>
     <w:basedOn w:val="KommentartextZchn"/>
     <w:link w:val="Kommentarthema"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D260CD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="144320330">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1208447338">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15932,78 +15869,78 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B6E2C850-4B1D-4253-BA0C-D2E0FBD0C3AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1132</Words>
-  <Characters>7135</Characters>
+  <Words>1098</Words>
+  <Characters>6918</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>59</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>57</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Land Hessen</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8251</CharactersWithSpaces>
+  <CharactersWithSpaces>8001</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Fritsch, Andrea (SSA DA)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_DocHome">
     <vt:i4>1424781741</vt:i4>
   </property>
 </Properties>
 </file>