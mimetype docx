--- v0 (2025-10-14)
+++ v1 (2026-03-01)
@@ -3,121 +3,121 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="7F7A8D42" w14:textId="77777777" w:rsidR="002F2A93" w:rsidRPr="002F2A93" w:rsidRDefault="002F2A93" w:rsidP="002F2A93">
+    <w:p w14:paraId="4B3DB0D6" w14:textId="77777777" w:rsidR="002F2A93" w:rsidRPr="002F2A93" w:rsidRDefault="002F2A93" w:rsidP="002F2A93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="88"/>
           <w:szCs w:val="88"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F2A93">
         <w:rPr>
           <w:b/>
           <w:sz w:val="88"/>
           <w:szCs w:val="88"/>
         </w:rPr>
         <w:t>Assistentenausbildung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B8A0BA6" w14:textId="77777777" w:rsidR="00B21938" w:rsidRPr="002F2A93" w:rsidRDefault="00C620DC" w:rsidP="002F2A93">
+    <w:p w14:paraId="18B5D2AB" w14:textId="77777777" w:rsidR="00B21938" w:rsidRPr="002F2A93" w:rsidRDefault="00C620DC" w:rsidP="002F2A93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F2A93">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Bewerbungsformular für </w:t>
       </w:r>
       <w:r w:rsidR="002F2A93" w:rsidRPr="002F2A93">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">die </w:t>
       </w:r>
       <w:r w:rsidR="00EA5728" w:rsidRPr="002F2A93">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>vollschulische Assistentenausbildung</w:t>
       </w:r>
       <w:r w:rsidR="00E44AD8" w:rsidRPr="002F2A93">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E44AD8" w:rsidRPr="002F2A93">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43DD51F1" wp14:editId="1C9D5D59">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41CCE332" wp14:editId="6C34C6E9">
             <wp:simplePos x="4289425" y="457200"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:align>top</wp:align>
             </wp:positionV>
             <wp:extent cx="699770" cy="871220"/>
             <wp:effectExtent l="0" t="0" r="5080" b="5080"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="3" name="Grafik 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
@@ -127,51 +127,51 @@
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="699770" cy="871220"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19ED9DB9" w14:textId="77777777" w:rsidR="008118E2" w:rsidRPr="002F2A93" w:rsidRDefault="008118E2" w:rsidP="002F2A93">
+    <w:p w14:paraId="125FA432" w14:textId="77777777" w:rsidR="008118E2" w:rsidRPr="002F2A93" w:rsidRDefault="008118E2" w:rsidP="002F2A93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F2A93">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Zweijährige </w:t>
       </w:r>
       <w:r w:rsidR="00EA5728" w:rsidRPr="002F2A93">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">höhere </w:t>
       </w:r>
       <w:r w:rsidRPr="002F2A93">
@@ -201,1229 +201,1212 @@
       <w:r w:rsidR="00EA5728" w:rsidRPr="002F2A93">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ittlerem </w:t>
       </w:r>
       <w:r w:rsidR="00FC10CD" w:rsidRPr="002F2A93">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Abschlus</w:t>
       </w:r>
       <w:r w:rsidR="003D072E" w:rsidRPr="002F2A93">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>s)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC88172" w14:textId="382A84C9" w:rsidR="008118E2" w:rsidRDefault="00A31AD3" w:rsidP="002F2A93">
+    <w:p w14:paraId="7A2ABCDF" w14:textId="4BCF8A44" w:rsidR="008118E2" w:rsidRDefault="00587002" w:rsidP="002F2A93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Schuljahr </w:t>
+        <w:t>Schuljahr 202</w:t>
       </w:r>
-      <w:r w:rsidRPr="006B6204">
+      <w:r w:rsidR="004E2F62">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>202</w:t>
+        <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="004E2893">
-[...7 lines deleted...]
-      <w:r w:rsidR="008118E2" w:rsidRPr="006B6204">
+      <w:r w:rsidR="008118E2" w:rsidRPr="002F2A93">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>/20</w:t>
       </w:r>
-      <w:r w:rsidRPr="006B6204">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="004E2893">
+      <w:r w:rsidR="004E2F62">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="008118E2" w:rsidRPr="002F2A93">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00F452D9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Bewerbungs</w:t>
       </w:r>
       <w:r w:rsidR="008118E2" w:rsidRPr="002F2A93">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">frist bis: </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B6204">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>30.04.202</w:t>
       </w:r>
-      <w:r w:rsidR="00EA628B">
+      <w:r w:rsidR="004E2F62">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="661AD7F1" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="00815B79" w:rsidRDefault="00F53742" w:rsidP="002F2A93">
+    <w:p w14:paraId="549CA561" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="00D33C67" w:rsidRDefault="00F53742" w:rsidP="002F2A93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="2"/>
+          <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EDB171D" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00D33C67">
+    <w:p w14:paraId="18816982" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00D33C67">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1F17">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>itte kreuzen Sie die gewünschte Fachrichtung/Schule an.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10261" w:type="dxa"/>
         <w:tblInd w:w="-1" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="922"/>
         <w:gridCol w:w="4464"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="1635"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F53742" w:rsidRPr="007B4408" w14:paraId="54CFE2B0" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F53742" w:rsidRPr="007B4408" w14:paraId="22AC3AC4" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="922" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26126FDB" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="37B96FF3" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Wunsch</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C59E081" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="6008A14E" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Fachrichtung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F067455" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="462119FB" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Schule</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05A98E97" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="7EEE9A8E" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Telefon</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53742" w:rsidRPr="007B4408" w14:paraId="5E285BA0" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F53742" w:rsidRPr="007B4408" w14:paraId="66B208F9" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="922" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46385DBE" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="007B4408">
+          <w:p w14:paraId="44572A60" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="007B4408">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007B4408">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="007B4408">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B7119C3" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="5F016F0D" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Sozialpädagogik</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CF64294" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="550E3F2E" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Sozialassistent/-in</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E65019B" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="1E9AB269" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Alice-Eleonoren-Schule</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13FB68FC" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="2FBB32CC" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="green"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Kapellplatz 2, 64283 Darmstadt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EF73E93" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="009B2BFD" w:rsidP="00B8111C">
+          <w:p w14:paraId="3B988EFB" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="009B2BFD" w:rsidP="00B8111C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="253"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B2BFD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>06151/13480400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53742" w:rsidRPr="007B4408" w14:paraId="259F146A" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F53742" w:rsidRPr="007B4408" w14:paraId="62DA3F74" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="563"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="922" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D4FFB3E" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="007B4408">
+          <w:p w14:paraId="570F37D6" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="007B4408">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007B4408">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="007B4408">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10664581" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="7DDDDE7C" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Wirtschaft und Verwaltung</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E852062" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00504A02" w:rsidP="00504A02">
+          <w:p w14:paraId="43AD41C5" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00504A02" w:rsidP="00504A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Kfm. Assistent/-in für das Fremdsprachensekretariat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14382420" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="68C0ECD1" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Friedrich-List-Schule</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48CE8EE8" w14:textId="0C87F37F" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00EA628B" w:rsidP="00F53742">
+          <w:p w14:paraId="4C4A0E5A" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="007D51BF" w:rsidP="00F53742">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="green"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
-              <w:t>Alsfelder Str. 23</w:t>
+              <w:t>z.Z. Hilpertstraße 31</w:t>
             </w:r>
             <w:r w:rsidR="00B8111C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
-              <w:t>, 642</w:t>
-[...8 lines deleted...]
-              <w:t>89</w:t>
+              <w:t>, 64295</w:t>
             </w:r>
             <w:r w:rsidR="00F53742" w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> Darmstadt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1635" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="374D255C" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00B8111C" w:rsidP="00B8111C">
+          <w:p w14:paraId="50157946" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00B8111C" w:rsidP="00B8111C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="253"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B8111C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>06151/13489700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53742" w:rsidRPr="007B4408" w14:paraId="79CAF318" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F53742" w:rsidRPr="007B4408" w14:paraId="16193093" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="922" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62DEDFC0" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="007B4408">
+          <w:p w14:paraId="69C13ADA" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="007B4408">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007B4408">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="007B4408">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4464" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B3AC043" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="34FBA4BF" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Wirtschaft und Verwaltung</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37EE9951" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00504A02" w:rsidP="00504A02">
+          <w:p w14:paraId="34EC0E47" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00504A02" w:rsidP="00504A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Kfm. Assistent/-in für Bürowirtschaft</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="577C7D22" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="5EEC79EE" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="green"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1635" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DD970D8" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00B8111C">
+          <w:p w14:paraId="310E8BE2" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00B8111C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="253"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53742" w:rsidRPr="007B4408" w14:paraId="14043F00" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F53742" w:rsidRPr="007B4408" w14:paraId="73CE777D" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="922" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79DCDDBF" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="007B4408">
+          <w:p w14:paraId="5F693837" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="007B4408">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007B4408">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="007B4408">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2933D64F" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="629E7463" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Informations</w:t>
             </w:r>
             <w:r w:rsidR="00A43C86">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>verarbeitung - T</w:t>
             </w:r>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>echnik</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44B15A28" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00A43C86" w:rsidP="00A43C86">
+          <w:p w14:paraId="73E3F512" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00A43C86" w:rsidP="00A43C86">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Techn. </w:t>
             </w:r>
             <w:r w:rsidR="00F53742" w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -1434,572 +1417,572 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>für Informationsverarbeitung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62DC98FB" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="0B3D9E17" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Heinrich-Emanuel-Merck-Schule</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43E5B6F7" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="55E69738" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="green"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Alsfelder Straße 23, 64289 Darmstadt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EA8FD24" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="007D51BF" w:rsidP="00B8111C">
+          <w:p w14:paraId="0A442866" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="007D51BF" w:rsidP="00B8111C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="253"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>06151/13489800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53742" w:rsidRPr="007B4408" w14:paraId="22793340" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F53742" w:rsidRPr="007B4408" w14:paraId="1C1F7BF2" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="922" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01F18C37" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="007B4408">
+          <w:p w14:paraId="52CAFD94" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="007B4408">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007B4408">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="007B4408">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A9CC9B6" w14:textId="77777777" w:rsidR="00A43C86" w:rsidRDefault="00A43C86" w:rsidP="00A43C86">
+          <w:p w14:paraId="506F0AAE" w14:textId="77777777" w:rsidR="00A43C86" w:rsidRDefault="00A43C86" w:rsidP="00A43C86">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Informationsverarbeitung </w:t>
             </w:r>
             <w:r w:rsidR="007908D3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> Wirtschaft</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BF319A5" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00A43C86" w:rsidP="00A43C86">
+          <w:p w14:paraId="4EF98EF9" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00A43C86" w:rsidP="00A43C86">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Kfm. A</w:t>
             </w:r>
             <w:r w:rsidR="00F53742" w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>ssistent/-in für Informationsverarbeitung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="182BA736" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="56EED786" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Martin-Behaim-Schule</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DBA750B" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="23CF0D31" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="green"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Alsfelder Straße 23, 64289 Darmstadt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55290A33" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="007D51BF" w:rsidP="00B8111C">
+          <w:p w14:paraId="5939DEA6" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="007D51BF" w:rsidP="00B8111C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="253"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>06151/13489600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53742" w:rsidRPr="007B4408" w14:paraId="1D9179A2" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F53742" w:rsidRPr="007B4408" w14:paraId="1E6615EA" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="922" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EAFE73C" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="007B4408">
+          <w:p w14:paraId="7EE2AD21" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="007B4408">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007B4408">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="007B4408">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D469920" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="5918D05C" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Chemietechnik</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="786D4088" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00A43C86">
+          <w:p w14:paraId="27FE3F8D" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00A43C86">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Chemisch-technische/-r Assistent/-in</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12518E6E" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="5FD8CDCD" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Peter-Behrens-Schule</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DD1D086" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00A43C86">
+          <w:p w14:paraId="1B5C198D" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00A43C86">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="green"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Mornewegstr</w:t>
             </w:r>
             <w:r w:rsidR="00A43C86">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
@@ -2007,405 +1990,407 @@
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> 18, 64293 Darmstadt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55399838" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00B8111C">
+          <w:p w14:paraId="374CF52A" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="007B4408" w:rsidRDefault="00F53742" w:rsidP="00B8111C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="253"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>06151/13485811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B088D" w:rsidRPr="007B4408" w14:paraId="4C494A18" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="001B088D" w:rsidRPr="007B4408" w14:paraId="16591D12" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="922" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70F3F4CB" w14:textId="77777777" w:rsidR="001B088D" w:rsidRPr="007B4408" w:rsidRDefault="001B088D" w:rsidP="001B088D">
+          <w:p w14:paraId="4D637AB0" w14:textId="77777777" w:rsidR="001B088D" w:rsidRPr="007B4408" w:rsidRDefault="001B088D" w:rsidP="001B088D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007B4408">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="007B4408">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A0311BF" w14:textId="77777777" w:rsidR="001B088D" w:rsidRPr="007B4408" w:rsidRDefault="001B088D" w:rsidP="001B088D">
+          <w:p w14:paraId="7C66931E" w14:textId="77777777" w:rsidR="001B088D" w:rsidRPr="007B4408" w:rsidRDefault="001B088D" w:rsidP="001B088D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Sozialpädagogik</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42CCABEC" w14:textId="77777777" w:rsidR="001B088D" w:rsidRPr="007B4408" w:rsidRDefault="001B088D" w:rsidP="001B088D">
+          <w:p w14:paraId="0626D64B" w14:textId="77777777" w:rsidR="001B088D" w:rsidRPr="007B4408" w:rsidRDefault="001B088D" w:rsidP="001B088D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Sozialassistent/-in</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40EC46EA" w14:textId="77777777" w:rsidR="001B088D" w:rsidRPr="007B4408" w:rsidRDefault="001B088D" w:rsidP="001B088D">
+          <w:p w14:paraId="1AF7C068" w14:textId="77777777" w:rsidR="001B088D" w:rsidRPr="007B4408" w:rsidRDefault="001B088D" w:rsidP="001B088D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Landrat-Gruber-Schule</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4369521A" w14:textId="77777777" w:rsidR="001B088D" w:rsidRPr="007B4408" w:rsidRDefault="001B088D" w:rsidP="001B088D">
+          <w:p w14:paraId="2D9D225C" w14:textId="77777777" w:rsidR="001B088D" w:rsidRPr="007B4408" w:rsidRDefault="001B088D" w:rsidP="001B088D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="green"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Auf der Leer 11, 64807 Dieburg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A7F9A25" w14:textId="77777777" w:rsidR="001B088D" w:rsidRPr="007B4408" w:rsidRDefault="001B088D" w:rsidP="001B088D">
+          <w:p w14:paraId="003BEF54" w14:textId="77777777" w:rsidR="001B088D" w:rsidRPr="007B4408" w:rsidRDefault="001B088D" w:rsidP="001B088D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="253"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4408">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>06071/96480</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="32AC4D97" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="00831ECB" w:rsidRDefault="00F53742" w:rsidP="00815B79">
-[...1 lines deleted...]
-        <w:spacing w:before="60" w:after="0"/>
+    <w:p w14:paraId="73BCEDD1" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="00831ECB" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831ECB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Angaben zur Schülerin/zum Schüler:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster1"/>
         <w:tblW w:w="10246" w:type="dxa"/>
         <w:tblInd w:w="9" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1546"/>
-        <w:gridCol w:w="3655"/>
+        <w:gridCol w:w="1518"/>
+        <w:gridCol w:w="770"/>
+        <w:gridCol w:w="2913"/>
         <w:gridCol w:w="1085"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A30818" w14:paraId="500AF317" w14:textId="77777777" w:rsidTr="00815B79">
+      <w:tr w:rsidR="00A30818" w14:paraId="1038B277" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1546" w:type="dxa"/>
+            <w:tcW w:w="1518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17296FA7" w14:textId="77777777" w:rsidR="00A30818" w:rsidRDefault="00A30818" w:rsidP="00A30818">
+          <w:p w14:paraId="31FC4E90" w14:textId="77777777" w:rsidR="00A30818" w:rsidRDefault="00A30818" w:rsidP="00A30818">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nachname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3655" w:type="dxa"/>
+            <w:tcW w:w="3683" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BAD0C52" w14:textId="77777777" w:rsidR="00A30818" w:rsidRDefault="00A30818" w:rsidP="00A30818">
+          <w:p w14:paraId="375EBC0F" w14:textId="77777777" w:rsidR="00A30818" w:rsidRDefault="00A30818" w:rsidP="00A30818">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -2475,85 +2460,85 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1085" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28BE778A" w14:textId="77777777" w:rsidR="00A30818" w:rsidRDefault="00A30818" w:rsidP="00A30818">
+          <w:p w14:paraId="48616BCF" w14:textId="77777777" w:rsidR="00A30818" w:rsidRDefault="00A30818" w:rsidP="00A30818">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vorname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DFCA321" w14:textId="77777777" w:rsidR="00A30818" w:rsidRDefault="00A30818" w:rsidP="00A30818">
+          <w:p w14:paraId="5C71AE4D" w14:textId="77777777" w:rsidR="00A30818" w:rsidRDefault="00A30818" w:rsidP="00A30818">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -2607,121 +2592,122 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00396844">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30818" w14:paraId="69D660EA" w14:textId="77777777" w:rsidTr="00815B79">
+      <w:tr w:rsidR="00A30818" w14:paraId="598316C9" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1546" w:type="dxa"/>
+            <w:tcW w:w="1518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F1CABD8" w14:textId="2B4A789D" w:rsidR="00A30818" w:rsidRDefault="006B6204" w:rsidP="00A30818">
+          <w:p w14:paraId="6A2347AF" w14:textId="1161B2BA" w:rsidR="00A30818" w:rsidRDefault="00587002" w:rsidP="00A30818">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Alter am 01.08.202</w:t>
             </w:r>
-            <w:r w:rsidR="00EA628B">
-[...4 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="004E2F62">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00A30818">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3655" w:type="dxa"/>
+            <w:tcW w:w="3683" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19F96C4A" w14:textId="77777777" w:rsidR="00A30818" w:rsidRDefault="00A30818" w:rsidP="00A30818">
+          <w:p w14:paraId="6681F736" w14:textId="77777777" w:rsidR="00A30818" w:rsidRDefault="00A30818" w:rsidP="00A30818">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00396844">
@@ -2755,241 +2741,241 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1085" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10BC1F2A" w14:textId="77777777" w:rsidR="00A30818" w:rsidRDefault="00A30818" w:rsidP="00A30818">
+          <w:p w14:paraId="22F5CF60" w14:textId="77777777" w:rsidR="00A30818" w:rsidRDefault="00A30818" w:rsidP="00A30818">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Geschlecht:    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C043E4A" w14:textId="77777777" w:rsidR="00A30818" w:rsidRDefault="00A30818" w:rsidP="00A30818">
+          <w:p w14:paraId="4B2159E9" w14:textId="77777777" w:rsidR="00A30818" w:rsidRDefault="00A30818" w:rsidP="00A30818">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">weiblich: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      männlich: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00757B90" w14:paraId="54FADA5B" w14:textId="77777777" w:rsidTr="00815B79">
+      <w:tr w:rsidR="00757B90" w14:paraId="127EB7A7" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1546" w:type="dxa"/>
+            <w:tcW w:w="1518" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6050EE83" w14:textId="77777777" w:rsidR="00757B90" w:rsidRPr="00786ABC" w:rsidRDefault="00757B90" w:rsidP="00A30818">
+          <w:p w14:paraId="150E0061" w14:textId="77777777" w:rsidR="00757B90" w:rsidRPr="00786ABC" w:rsidRDefault="00757B90" w:rsidP="00A30818">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Anzahl d. Schul- besuchsjahre: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8700" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="8728" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BDAFAF3" w14:textId="77777777" w:rsidR="00757B90" w:rsidRPr="00757B90" w:rsidRDefault="00757B90" w:rsidP="00A30818">
+          <w:p w14:paraId="5531372B" w14:textId="77777777" w:rsidR="00757B90" w:rsidRPr="00757B90" w:rsidRDefault="00757B90" w:rsidP="00A30818">
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
@@ -3015,51 +3001,51 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AD9EA36" w14:textId="77777777" w:rsidR="00757B90" w:rsidRDefault="00757B90" w:rsidP="00A30818">
+          <w:p w14:paraId="5C1E53B9" w14:textId="77777777" w:rsidR="00757B90" w:rsidRDefault="00757B90" w:rsidP="00A30818">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3070,2184 +3056,1817 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00815B79" w:rsidRPr="0020479F" w14:paraId="1105BA41" w14:textId="77777777" w:rsidTr="00815B79">
+      <w:tr w:rsidR="00A30818" w:rsidRPr="0020479F" w14:paraId="4A0A1AB0" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:val="596"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1546" w:type="dxa"/>
+            <w:tcW w:w="2288" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3697AC80" w14:textId="77777777" w:rsidR="00815B79" w:rsidRDefault="00815B79" w:rsidP="00815B79">
-[...28 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2258342C" w14:textId="77777777" w:rsidR="00A30818" w:rsidRPr="0020479F" w:rsidRDefault="00A30818" w:rsidP="00A30818">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bisherige/-r Förderstatus/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Fördermaßnahmen:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8700" w:type="dxa"/>
+            <w:tcW w:w="7958" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DCF4FAD" w14:textId="77777777" w:rsidR="00815B79" w:rsidRPr="009E666A" w:rsidRDefault="00815B79" w:rsidP="00815B79">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="2CD63FCC" w14:textId="77777777" w:rsidR="00A30818" w:rsidRDefault="00A30818" w:rsidP="00A30818">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Lernen</w:t>
+              <w:t xml:space="preserve">  Lernhilfe</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">                </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Hören                        </w:t>
-            </w:r>
+              <w:t xml:space="preserve">  inklusiv beschult mit/ohne Schulbegleiter/-in                                                      </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="325A3759" w14:textId="77777777" w:rsidR="00A30818" w:rsidRPr="0020479F" w:rsidRDefault="00A30818" w:rsidP="00A30818">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...18 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  sozial-emotionale Entwicklung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">  emotional/sozial</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00AC7EF6">
+              <w:t xml:space="preserve">  Sonstiges (bitte auf Rückseite erläutern)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00757B90" w:rsidRPr="00AC7EF6" w14:paraId="134737E8" w14:textId="77777777" w:rsidTr="00F76E90">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10246" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00AEA51D" w14:textId="77777777" w:rsidR="00757B90" w:rsidRPr="00AC7EF6" w:rsidRDefault="00757B90" w:rsidP="00757B90">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2D51">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">bei Intensivklassen- bzw. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>InteA-Schüler(inne)n</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4700EE7A" w14:textId="77777777" w:rsidR="00757B90" w:rsidRDefault="00757B90" w:rsidP="00A30818">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sprachstand                           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidRPr="001E5086">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  A2      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidRPr="001E5086">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  B1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E5086">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="001E5086">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  B2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00344AC6">
-[...65 lines deleted...]
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidRPr="001E5086">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
-[...22 lines deleted...]
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidRPr="001E5086">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  C1  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00163075">
-[...12 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="00011DA5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  C2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09C986DB" w14:textId="77777777" w:rsidR="00011DA5" w:rsidRPr="00011DA5" w:rsidRDefault="00011DA5" w:rsidP="00A30818">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0001287D" w:rsidRPr="0020479F" w14:paraId="14D86325" w14:textId="77777777" w:rsidTr="00815B79">
+      <w:tr w:rsidR="00A30818" w:rsidRPr="00AC7EF6" w14:paraId="5AD5CD41" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
-          <w:trHeight w:val="596"/>
+          <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1546" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2288" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AE5EA17" w14:textId="77777777" w:rsidR="0001287D" w:rsidRDefault="0001287D" w:rsidP="0001287D">
-[...30 lines deleted...]
-          <w:p w14:paraId="03C7A451" w14:textId="77777777" w:rsidR="0001287D" w:rsidRDefault="0001287D" w:rsidP="0001287D">
+          <w:p w14:paraId="2E388989" w14:textId="77777777" w:rsidR="00A30818" w:rsidRDefault="00A30818" w:rsidP="00A30818">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8700" w:type="dxa"/>
+            <w:tcW w:w="7958" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CF77492" w14:textId="77777777" w:rsidR="0001287D" w:rsidRDefault="0001287D" w:rsidP="0001287D">
-[...9 lines deleted...]
-              <w:spacing w:before="6"/>
+          <w:p w14:paraId="4A0126D5" w14:textId="77777777" w:rsidR="00757B90" w:rsidRPr="002F5569" w:rsidRDefault="00757B90" w:rsidP="00757B90">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F5569">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Bestätigt durch (nur ein Feld ankreuzen)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="293B9FF5" w14:textId="77777777" w:rsidR="00757B90" w:rsidRPr="00BE7794" w:rsidRDefault="00757B90" w:rsidP="00757B90">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Deutsches Sprachdiplom</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F744707" w14:textId="77777777" w:rsidR="00A30818" w:rsidRPr="00AC7EF6" w:rsidRDefault="00757B90" w:rsidP="00757B90">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Klassenkonferenz (falls keine Prüfung zum Deutschen Sprachdiplom vorliegt)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="57301E3D" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="00AE6F59" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblW w:w="10392" w:type="dxa"/>
+        <w:tblInd w:w="9" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5443"/>
+        <w:gridCol w:w="2297"/>
+        <w:gridCol w:w="2652"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00757B90" w:rsidRPr="00DD6AD1" w14:paraId="1DDA744B" w14:textId="77777777" w:rsidTr="00092270">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5443" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcMar>
+              <w:top w:w="85" w:type="dxa"/>
+              <w:bottom w:w="85" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6C04EC04" w14:textId="77777777" w:rsidR="00757B90" w:rsidRPr="003E1159" w:rsidRDefault="00757B90" w:rsidP="00F53742">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E1159">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dieser Bewerbung sind beizufügen:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13DF37D6" w14:textId="77777777" w:rsidR="00757B90" w:rsidRPr="00757B90" w:rsidRDefault="00757B90" w:rsidP="00757B90">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757B90">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tabellarischer Lebenslauf mit Passbild</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51712989" w14:textId="3E51F5BD" w:rsidR="00757B90" w:rsidRDefault="00757B90" w:rsidP="00757B90">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="00092270">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757B90">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Beglaubigte Kopie des letzten </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Schul</w:t>
+            </w:r>
+            <w:r w:rsidR="004E2F62">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>zeugnisses</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03EA9AE1" w14:textId="0082DBE1" w:rsidR="004E2F62" w:rsidRDefault="004E2F62" w:rsidP="004E2F62">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
-[...70 lines deleted...]
-            <w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="001E5086">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E2F62">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Förderplan gem. VO f. d. Bildungsgän</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ge zur</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3739F472" w14:textId="2473E919" w:rsidR="004E2F62" w:rsidRPr="00757B90" w:rsidRDefault="004E2F62" w:rsidP="004E2F62">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Berufsvorbereitung vom 10.08.2006 (ABI, 9/06)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CA48E0D" w14:textId="6A824A1D" w:rsidR="004E2F62" w:rsidRDefault="004E2F62" w:rsidP="004E2F62">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Deutsches Sprachdiplom</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="001E5086">
+              <w:t>Förderplan gem. VOGSV §40 v. 2011 inkl.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23623173" w14:textId="09673097" w:rsidR="004E2F62" w:rsidRDefault="004E2F62" w:rsidP="004E2F62">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Nachweise der Förderung der letzten drei Jahre, falls LRS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B0C5ABD" w14:textId="0AC638A7" w:rsidR="00092270" w:rsidRDefault="004E2F62" w:rsidP="004E2F62">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidR="00092270">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>v</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>orliegt</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="339F33CF" w14:textId="77777777" w:rsidR="004E2F62" w:rsidRDefault="00092270" w:rsidP="00757B90">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Klassenkonferenz (falls keine Prüfung zum Deutschen Sprachdiplom vorliegt)</w:t>
+            <w:r w:rsidRPr="00092270">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Abschlussbericht/Kurzgutachten bei Anspruch auf</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="114E152C" w14:textId="0106E56E" w:rsidR="00092270" w:rsidRPr="00757B90" w:rsidRDefault="00092270" w:rsidP="00757B90">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      sonderpädagogische Förderung</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...24 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5231" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2297" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0055B8CD" w14:textId="77777777" w:rsidR="00757B90" w:rsidRPr="003E1159" w:rsidRDefault="00757B90" w:rsidP="00F53742">
-            <w:pPr>
+          <w:p w14:paraId="7B8EE111" w14:textId="77777777" w:rsidR="00757B90" w:rsidRPr="00D33C67" w:rsidRDefault="00757B90" w:rsidP="00AE2F3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...454 lines deleted...]
-              <w:t>sonderpädagogische Förderung</w:t>
+              <w:t>Abgabefrist:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="2652" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A976016" w14:textId="77777777" w:rsidR="00757B90" w:rsidRPr="00D33C67" w:rsidRDefault="00757B90" w:rsidP="00AE2F3D">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="335D5033" w14:textId="1141581B" w:rsidR="00757B90" w:rsidRPr="00757B90" w:rsidRDefault="00587002" w:rsidP="00AE2F3D">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Abgabefrist:</w:t>
-[...9 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>30.04.202</w:t>
+            </w:r>
+            <w:r w:rsidR="004E2F62">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>30.04.202</w:t>
-[...7 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00757B90" w:rsidRPr="00DD6AD1" w14:paraId="17AE641A" w14:textId="77777777" w:rsidTr="00815B79">
+      <w:tr w:rsidR="00757B90" w:rsidRPr="00DD6AD1" w14:paraId="381FD6AA" w14:textId="77777777" w:rsidTr="00092270">
         <w:trPr>
-          <w:trHeight w:val="325"/>
+          <w:trHeight w:val="677"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5231" w:type="dxa"/>
+            <w:tcW w:w="5443" w:type="dxa"/>
             <w:vMerge/>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1F964061" w14:textId="77777777" w:rsidR="00757B90" w:rsidRPr="003E1159" w:rsidRDefault="00757B90" w:rsidP="00F53742">
+          <w:p w14:paraId="60AC2AD3" w14:textId="77777777" w:rsidR="00757B90" w:rsidRPr="003E1159" w:rsidRDefault="00757B90" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2297" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="623088DA" w14:textId="77777777" w:rsidR="00757B90" w:rsidRPr="00D33C67" w:rsidRDefault="00757B90" w:rsidP="00AE2F3D">
+          <w:p w14:paraId="47F3C8BA" w14:textId="77777777" w:rsidR="00757B90" w:rsidRPr="00D33C67" w:rsidRDefault="00757B90" w:rsidP="00AE2F3D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Abzugeben bei:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2605" w:type="dxa"/>
+            <w:tcW w:w="2652" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AFEF533" w14:textId="77777777" w:rsidR="00757B90" w:rsidRDefault="00757B90" w:rsidP="00AE2F3D">
+          <w:p w14:paraId="6E686CDF" w14:textId="77777777" w:rsidR="00757B90" w:rsidRDefault="00757B90" w:rsidP="00AE2F3D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00757B90">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Beruflicher Schule</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="221195D9" w14:textId="77777777" w:rsidR="00757B90" w:rsidRPr="00757B90" w:rsidRDefault="00757B90" w:rsidP="00AE2F3D">
+          <w:p w14:paraId="37259708" w14:textId="77777777" w:rsidR="00757B90" w:rsidRPr="00757B90" w:rsidRDefault="00757B90" w:rsidP="00AE2F3D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="007016A7">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Die Bewerbe</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>rin/d</w:t>
             </w:r>
             <w:r w:rsidRPr="007016A7">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>er Bewerber behält eine Kopie der Bewerbung bei sich.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00757B90" w:rsidRPr="00DD6AD1" w14:paraId="0F732655" w14:textId="77777777" w:rsidTr="00815B79">
+      <w:tr w:rsidR="00757B90" w:rsidRPr="00DD6AD1" w14:paraId="20BE8A81" w14:textId="77777777" w:rsidTr="00092270">
         <w:trPr>
-          <w:trHeight w:val="325"/>
+          <w:trHeight w:val="677"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5231" w:type="dxa"/>
+            <w:tcW w:w="5443" w:type="dxa"/>
             <w:vMerge/>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1842EAC0" w14:textId="77777777" w:rsidR="00757B90" w:rsidRPr="003E1159" w:rsidRDefault="00757B90" w:rsidP="00F53742">
+          <w:p w14:paraId="387AF98C" w14:textId="77777777" w:rsidR="00757B90" w:rsidRPr="003E1159" w:rsidRDefault="00757B90" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2297" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5A348F28" w14:textId="77777777" w:rsidR="00757B90" w:rsidRPr="00D33C67" w:rsidRDefault="00757B90" w:rsidP="00AE2F3D">
+          <w:p w14:paraId="60C435C4" w14:textId="77777777" w:rsidR="00757B90" w:rsidRPr="00D33C67" w:rsidRDefault="00757B90" w:rsidP="00AE2F3D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Entscheidung über die Aufnahme oder Ablehnung:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2605" w:type="dxa"/>
+            <w:tcW w:w="2652" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D64CF58" w14:textId="2B0383B8" w:rsidR="00757B90" w:rsidRPr="00531389" w:rsidRDefault="00531389" w:rsidP="00531389">
+          <w:p w14:paraId="624F8C19" w14:textId="5FCA31CF" w:rsidR="00757B90" w:rsidRPr="00531389" w:rsidRDefault="00531389" w:rsidP="00531389">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Rücklauf erfolgt </w:t>
             </w:r>
-            <w:r w:rsidRPr="00815B79">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
-            <w:r w:rsidR="00A31AD3">
+            <w:r w:rsidR="00587002">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">is zum </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A31AD3" w:rsidRPr="006B6204">
+              <w:t>is zum 30.06.202</w:t>
+            </w:r>
+            <w:r w:rsidR="004E2F62">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>30.06.202</w:t>
-[...7 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4F9249AB" w14:textId="77777777" w:rsidR="001B088D" w:rsidRDefault="001B088D" w:rsidP="00F53742">
+    <w:p w14:paraId="48D42E29" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00F53742">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A210734" w14:textId="77777777" w:rsidR="001B088D" w:rsidRDefault="001B088D" w:rsidP="00F53742">
+    <w:p w14:paraId="0EFBB6AF" w14:textId="34AD06CE" w:rsidR="00F5751E" w:rsidRDefault="00F5751E" w:rsidP="00F53742">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="201E26D1" w14:textId="77777777" w:rsidR="001B088D" w:rsidRDefault="001B088D" w:rsidP="00F53742">
+    <w:p w14:paraId="6CEAD404" w14:textId="77777777" w:rsidR="00092270" w:rsidRDefault="00092270" w:rsidP="00F53742">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FC3D9FF" w14:textId="77777777" w:rsidR="00815B79" w:rsidRDefault="00815B79" w:rsidP="00F5751E">
+    <w:p w14:paraId="699C1E9B" w14:textId="77777777" w:rsidR="00F5751E" w:rsidRDefault="00F5751E" w:rsidP="00F53742">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="254F01A4" w14:textId="77777777" w:rsidR="001B088D" w:rsidRDefault="001B088D" w:rsidP="00F53742">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62FEC88B" w14:textId="77777777" w:rsidR="001B088D" w:rsidRDefault="001B088D" w:rsidP="00F53742">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6907E1CB" w14:textId="77777777" w:rsidR="00092270" w:rsidRDefault="00092270" w:rsidP="00F5751E">
       <w:pPr>
         <w:spacing w:before="240" w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="578EDCB5" w14:textId="77777777" w:rsidR="00F5751E" w:rsidRPr="002A60FA" w:rsidRDefault="00F5751E" w:rsidP="00F5751E">
+    <w:p w14:paraId="5AF394D4" w14:textId="3D93C561" w:rsidR="00F5751E" w:rsidRPr="002A60FA" w:rsidRDefault="00F5751E" w:rsidP="00F5751E">
       <w:pPr>
         <w:spacing w:before="240" w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Angaben zur Klassenleitung: </w:t>
       </w:r>
       <w:r w:rsidRPr="002A60FA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="10246" w:type="dxa"/>
         <w:tblInd w:w="9" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2288"/>
         <w:gridCol w:w="2912"/>
         <w:gridCol w:w="1085"/>
         <w:gridCol w:w="3961"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F5751E" w14:paraId="395B6AE6" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F5751E" w14:paraId="14FB0152" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2288" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EB5FA20" w14:textId="77777777" w:rsidR="00F5751E" w:rsidRPr="00786ABC" w:rsidRDefault="00F5751E" w:rsidP="00B8111C">
+          <w:p w14:paraId="4DA17C68" w14:textId="77777777" w:rsidR="00F5751E" w:rsidRPr="00786ABC" w:rsidRDefault="00F5751E" w:rsidP="00B8111C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00786ABC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Das Beratungsgespräch wurde geführt am:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2912" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46496675" w14:textId="77777777" w:rsidR="00F5751E" w:rsidRDefault="00F5751E" w:rsidP="00B8111C">
+          <w:p w14:paraId="472E7121" w14:textId="77777777" w:rsidR="00F5751E" w:rsidRDefault="00F5751E" w:rsidP="00B8111C">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -5267,82 +4886,82 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1085" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08EC5F43" w14:textId="77777777" w:rsidR="00F5751E" w:rsidRDefault="00F5751E" w:rsidP="00B8111C">
+          <w:p w14:paraId="5BB6E68A" w14:textId="77777777" w:rsidR="00F5751E" w:rsidRDefault="00F5751E" w:rsidP="00B8111C">
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>v</w:t>
             </w:r>
             <w:r w:rsidRPr="00106727">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>on:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Text13"/>
+            <w:bookmarkStart w:id="0" w:name="Text13"/>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="1"/>
+        <w:bookmarkEnd w:id="0"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3961" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F0F4F20" w14:textId="77777777" w:rsidR="00F5751E" w:rsidRDefault="00F5751E" w:rsidP="00B8111C">
+          <w:p w14:paraId="12B71706" w14:textId="77777777" w:rsidR="00F5751E" w:rsidRDefault="00F5751E" w:rsidP="00B8111C">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -5351,64 +4970,64 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F5751E" w:rsidRPr="00B952AE" w14:paraId="001DD9D4" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F5751E" w:rsidRPr="00B952AE" w14:paraId="2F9AD382" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2288" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0320BF2B" w14:textId="77777777" w:rsidR="00F5751E" w:rsidRPr="00BC3640" w:rsidRDefault="00F5751E" w:rsidP="00B8111C">
+          <w:p w14:paraId="7C6E6CD8" w14:textId="77777777" w:rsidR="00F5751E" w:rsidRPr="00BC3640" w:rsidRDefault="00F5751E" w:rsidP="00B8111C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name des K</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC3640">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>lassenlehrer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5425,51 +5044,51 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>der Klassenlehrer</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC3640">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>in:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2912" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A527E49" w14:textId="77777777" w:rsidR="00F5751E" w:rsidRPr="00B952AE" w:rsidRDefault="00F5751E" w:rsidP="00B8111C">
+          <w:p w14:paraId="3352944E" w14:textId="77777777" w:rsidR="00F5751E" w:rsidRPr="00B952AE" w:rsidRDefault="00F5751E" w:rsidP="00B8111C">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -5482,76 +5101,76 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1085" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69C369B2" w14:textId="77777777" w:rsidR="00F5751E" w:rsidRPr="00B952AE" w:rsidRDefault="00F5751E" w:rsidP="00B8111C">
+          <w:p w14:paraId="0210354E" w14:textId="77777777" w:rsidR="00F5751E" w:rsidRPr="00B952AE" w:rsidRDefault="00F5751E" w:rsidP="00B8111C">
             <w:pPr>
               <w:ind w:left="-34"/>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Telefon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nr.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3961" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08BAC4D5" w14:textId="77777777" w:rsidR="00F5751E" w:rsidRPr="00B952AE" w:rsidRDefault="00F5751E" w:rsidP="00B8111C">
+          <w:p w14:paraId="42D990F5" w14:textId="77777777" w:rsidR="00F5751E" w:rsidRPr="00B952AE" w:rsidRDefault="00F5751E" w:rsidP="00B8111C">
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5592,90 +5211,90 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F5751E" w:rsidRPr="00B952AE" w14:paraId="64B7A31A" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F5751E" w:rsidRPr="00B952AE" w14:paraId="29459829" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2288" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="143A4135" w14:textId="77777777" w:rsidR="00F5751E" w:rsidRPr="00BC3640" w:rsidRDefault="00F5751E" w:rsidP="00B8111C">
+          <w:p w14:paraId="61B0FE29" w14:textId="77777777" w:rsidR="00F5751E" w:rsidRPr="00BC3640" w:rsidRDefault="00F5751E" w:rsidP="00B8111C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>E-Mail-Adresse:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7958" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19E441A9" w14:textId="77777777" w:rsidR="00F5751E" w:rsidRDefault="00F5751E" w:rsidP="00B8111C">
+          <w:p w14:paraId="5E13663A" w14:textId="77777777" w:rsidR="00F5751E" w:rsidRDefault="00F5751E" w:rsidP="00B8111C">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -5685,142 +5304,142 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="73F8FD02" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00815B79">
-[...1 lines deleted...]
-        <w:spacing w:before="40" w:after="0"/>
+    <w:p w14:paraId="6DEB359B" w14:textId="009C4C0F" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00427536">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
         </w:rPr>
         <w:t>Von der Schülerin/dem Schüler auszufüllen:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="320F1C9B" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0059740D" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+    <w:p w14:paraId="73747DE8" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0059740D" w:rsidRDefault="00F53742" w:rsidP="00F53742">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0059740D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nähere Angaben zur Schülerin/zum Schüler:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster1"/>
         <w:tblW w:w="10246" w:type="dxa"/>
         <w:tblInd w:w="9" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1086"/>
         <w:gridCol w:w="4490"/>
         <w:gridCol w:w="1067"/>
         <w:gridCol w:w="3603"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F53742" w:rsidRPr="0020479F" w14:paraId="666C2B55" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F53742" w:rsidRPr="0020479F" w14:paraId="17ABC59B" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08C928EC" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="570F1E32" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nachname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4490" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2833AB92" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="7A065A2C" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:noProof/>
@@ -5881,72 +5500,72 @@
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1067" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6149BE9A" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="60BE4D68" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vorname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3603" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65220D7C" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="7FAC7FB2" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -6000,102 +5619,102 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00396844">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53742" w:rsidRPr="0020479F" w14:paraId="5E719BED" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F53742" w:rsidRPr="0020479F" w14:paraId="697E4E15" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EC73B30" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="33C87B30" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Straße und Haus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nr</w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4490" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C367C14" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="2D2ABCE7" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:noProof/>
@@ -6156,72 +5775,72 @@
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1067" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7142C45C" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="5B9DA2F0" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PLZ:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3603" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2973E6FF" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="4980B3CB" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Bitte im Format tt.mm.jjjj einfügen."/>
                   <w:textInput/>
@@ -6276,88 +5895,88 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00396844">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53742" w:rsidRPr="0020479F" w14:paraId="50446121" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F53742" w:rsidRPr="0020479F" w14:paraId="13783E14" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4777C464" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="2D866594" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Wohnort:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4490" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58B5FC61" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="17F3B277" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -6412,72 +6031,72 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1067" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="589FFD16" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="7B122E95" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Telefon:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3603" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CBD2BC2" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="0392028B" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -6531,88 +6150,88 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00396844">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53742" w:rsidRPr="0020479F" w14:paraId="0C4C268A" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F53742" w:rsidRPr="0020479F" w14:paraId="0F9C4D64" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A4F1CE8" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="06F245DC" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>E-Mail-Adresse:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4490" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7814DC06" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="176EAC11" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -6667,79 +6286,79 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1067" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5349DA06" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00280D41" w:rsidP="00F53742">
+          <w:p w14:paraId="0BCBC2EC" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00280D41" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Geburts</w:t>
             </w:r>
             <w:r w:rsidR="00F53742" w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>datum:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3603" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="533DFE28" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="23019ACC" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -6793,88 +6412,88 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00396844">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53742" w:rsidRPr="0020479F" w14:paraId="3D3E53C2" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F53742" w:rsidRPr="0020479F" w14:paraId="33FFA0A6" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="606F4616" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="7A51C187" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Geburtsort:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4490" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27E09E8C" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="2D7A4DD5" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -6929,72 +6548,72 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1067" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F2F318E" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="4808AC89" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Geburts-land:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3603" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="008D067B" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="0FCFDA8A" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -7048,88 +6667,88 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00396844">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53742" w:rsidRPr="0020479F" w14:paraId="4390C17F" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F53742" w:rsidRPr="0020479F" w14:paraId="4530EFE9" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B20005D" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="70C2C2D7" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Staatsange-hörigkeit:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4490" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35BAA848" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="7AB99755" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -7184,72 +6803,72 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1067" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54D6AA59" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="3CEF8101" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>In Deutsch-land seit:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3603" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A51EA27" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="4B34D735" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -7303,90 +6922,90 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00396844">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE2F3D" w:rsidRPr="002C48B3" w14:paraId="7BF0B422" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00AE2F3D" w:rsidRPr="002C48B3" w14:paraId="59B984A2" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="4670" w:type="dxa"/>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="235BEB1F" w14:textId="77777777" w:rsidR="00AE2F3D" w:rsidRPr="002C48B3" w:rsidRDefault="00AE2F3D" w:rsidP="00F53742">
+          <w:p w14:paraId="01708774" w14:textId="77777777" w:rsidR="00AE2F3D" w:rsidRPr="002C48B3" w:rsidRDefault="00AE2F3D" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Aufent-haltsstatus:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4490" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1857D0C4" w14:textId="77777777" w:rsidR="00AE2F3D" w:rsidRPr="002C48B3" w:rsidRDefault="00AE2F3D" w:rsidP="00F53742">
+          <w:p w14:paraId="55091D65" w14:textId="77777777" w:rsidR="00AE2F3D" w:rsidRPr="002C48B3" w:rsidRDefault="00AE2F3D" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C48B3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002C48B3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -7434,132 +7053,122 @@
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00396844">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C48B3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5C3B80C0" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="00815B79" w:rsidRDefault="00F53742" w:rsidP="00F53742">
-[...9 lines deleted...]
-    <w:p w14:paraId="71C71E16" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00C35618" w:rsidP="00F53742">
+    <w:p w14:paraId="5EF6A22E" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00C35618" w:rsidP="00F53742">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Angaben zum/zur Erziehungsberec</w:t>
       </w:r>
       <w:r w:rsidR="00F53742" w:rsidRPr="0059740D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>htigten:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster11"/>
         <w:tblW w:w="10270" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1076"/>
         <w:gridCol w:w="4463"/>
         <w:gridCol w:w="1073"/>
         <w:gridCol w:w="3658"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F53742" w:rsidRPr="0020479F" w14:paraId="0A6AE81E" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F53742" w:rsidRPr="0020479F" w14:paraId="0D07D61F" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EDA381C" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="36B89E18" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nachname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4463" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14A78FC6" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="6395E153" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -7614,72 +7223,72 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1073" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B434D4F" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="07F2087E" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vorname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3658" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF9BA3F" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="6B3C8D5B" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -7726,99 +7335,99 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00396844">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53742" w:rsidRPr="0020479F" w14:paraId="39869EFB" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F53742" w:rsidRPr="0020479F" w14:paraId="4386B82F" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42578996" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="00AE12B2" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Straße und Haus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nr</w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4463" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33460C4B" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="310FE951" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -7873,72 +7482,72 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1073" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21527A0E" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="4A769A2C" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PLZ:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3658" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="742138A2" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="430575D8" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -7985,85 +7594,85 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00396844">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53742" w:rsidRPr="0020479F" w14:paraId="46B7BC94" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F53742" w:rsidRPr="0020479F" w14:paraId="15DF9B8C" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C8DCE09" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="2254BF50" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Wohnort:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4463" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67261AB7" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="283C2A8B" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -8118,86 +7727,86 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1073" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDBCA9A" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="2738DF1A" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Telefon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Festnetz</w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3658" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79F853E7" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="4BD3C2A9" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -8244,85 +7853,85 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00396844">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53742" w:rsidRPr="0020479F" w14:paraId="6D6942BC" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F53742" w:rsidRPr="0020479F" w14:paraId="24B11226" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11CA56C1" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="3E5F0EA5" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>E-Mail-Adresse:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4463" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A6EED8D" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="5FC1A00A" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -8377,72 +7986,72 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1073" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C9BFFFB" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="22258025" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mobil:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3658" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77B81E24" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="13B1BD1F" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="0020479F" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -8490,128 +8099,128 @@
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00396844">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7A3229A5" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="00815B79" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+    <w:p w14:paraId="38120503" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="00CF22AC" w:rsidRDefault="00F53742" w:rsidP="00F53742">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="6"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="10260" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5276"/>
         <w:gridCol w:w="4984"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F53742" w14:paraId="1EB186BB" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F53742" w14:paraId="740D88B2" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="717488D0" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="00E10453" w:rsidRDefault="00F53742" w:rsidP="00FA5557">
+          <w:p w14:paraId="26570953" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="00E10453" w:rsidRDefault="00F53742" w:rsidP="00FA5557">
             <w:pPr>
               <w:ind w:left="-44"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA5557">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Hiermit bestätigen wir die Richtigkeit der obigen Angaben</w:t>
             </w:r>
             <w:r w:rsidRPr="00434320">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00887746">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Angaben über den Schulbesuch soweit nachweisbar):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53742" w14:paraId="560A2509" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F53742" w14:paraId="607CE545" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5276" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B8A6E75" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="00786ABC" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="464202CF" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="00786ABC" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00786ABC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ort</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, Datum</w:t>
             </w:r>
             <w:r w:rsidRPr="00786ABC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -8693,593 +8302,587 @@
             </w:r>
             <w:r w:rsidRPr="00786ABC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00786ABC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28BC2CA9" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="00786ABC" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="6D7299A3" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="00786ABC" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53742" w14:paraId="5A113FA2" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F53742" w14:paraId="17C82268" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:val="1458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E3BBBB6" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="00786ABC" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="32746700" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="00786ABC" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00786ABC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Unterschrift Klassenlehrer/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00786ABC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>in:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="349D0F1B" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="00786ABC" w:rsidRDefault="00F53742" w:rsidP="00F53742">
-[...7 lines deleted...]
-          <w:p w14:paraId="08595E6C" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="36A04A29" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="00786ABC" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E49D498" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67880004" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="316DB2EC" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Schulstempel:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67758ECA" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="00786ABC" w:rsidRDefault="00F53742" w:rsidP="00F53742">
-[...7 lines deleted...]
-          <w:p w14:paraId="23F3C675" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="00786ABC" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="5875CA32" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="00786ABC" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39DABE6D" w14:textId="77777777" w:rsidR="00F53742" w:rsidRPr="00786ABC" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62C30E7A" w14:textId="77777777" w:rsidR="00AE2F3D" w:rsidRPr="00815B79" w:rsidRDefault="00AE2F3D" w:rsidP="00F53742">
+    <w:p w14:paraId="73DCBC35" w14:textId="77777777" w:rsidR="00AE2F3D" w:rsidRDefault="00AE2F3D" w:rsidP="00F53742">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="10261" w:type="dxa"/>
         <w:tblInd w:w="9" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3175"/>
         <w:gridCol w:w="3790"/>
         <w:gridCol w:w="3296"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CF22AC" w14:paraId="1856B01B" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00CF22AC" w14:paraId="3C6E335C" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10261" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="700F5C59" w14:textId="77777777" w:rsidR="00CF22AC" w:rsidRPr="00F54539" w:rsidRDefault="00CF22AC" w:rsidP="00151AB8">
+          <w:p w14:paraId="762D2194" w14:textId="77777777" w:rsidR="00CF22AC" w:rsidRPr="00F54539" w:rsidRDefault="00CF22AC" w:rsidP="00151AB8">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:br w:type="page"/>
             </w:r>
             <w:r w:rsidRPr="00F54539">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Zusätzlicher Erwerb der </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>allgemeinen Fachhochschulreife:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E6129" w14:paraId="7E12629E" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="004E6129" w14:paraId="2C9AEAD1" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3175" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50AEB354" w14:textId="77777777" w:rsidR="004E6129" w:rsidRPr="00CF22AC" w:rsidRDefault="004E6129" w:rsidP="00CF22AC">
+          <w:p w14:paraId="6AB52F5B" w14:textId="77777777" w:rsidR="004E6129" w:rsidRPr="00CF22AC" w:rsidRDefault="004E6129" w:rsidP="00CF22AC">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF22AC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Nur an folgenden Schulen möglich:  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59228E35" w14:textId="77777777" w:rsidR="004E6129" w:rsidRPr="00CF22AC" w:rsidRDefault="004E6129" w:rsidP="002360C3">
+          <w:p w14:paraId="43E69538" w14:textId="77777777" w:rsidR="004E6129" w:rsidRPr="00CF22AC" w:rsidRDefault="004E6129" w:rsidP="002360C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="193"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1DB6684A" w14:textId="77777777" w:rsidR="004E6129" w:rsidRPr="004E6129" w:rsidRDefault="004E6129" w:rsidP="004E6129">
+          <w:p w14:paraId="7FF7530A" w14:textId="77777777" w:rsidR="004E6129" w:rsidRPr="004E6129" w:rsidRDefault="004E6129" w:rsidP="004E6129">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="193" w:hanging="193"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002360C3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Alice-Eleonoren-Schule</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79CB9AF9" w14:textId="77777777" w:rsidR="004E6129" w:rsidRDefault="004E6129" w:rsidP="004E6129">
+          <w:p w14:paraId="4E39B4B2" w14:textId="77777777" w:rsidR="004E6129" w:rsidRDefault="004E6129" w:rsidP="004E6129">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="193" w:hanging="193"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidRPr="002360C3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>riedrich-List-Schule</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13053639" w14:textId="77777777" w:rsidR="00031C89" w:rsidRPr="004E6129" w:rsidRDefault="00031C89" w:rsidP="004E6129">
+          <w:p w14:paraId="16D5F97E" w14:textId="77777777" w:rsidR="00031C89" w:rsidRPr="004E6129" w:rsidRDefault="00031C89" w:rsidP="004E6129">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="193" w:hanging="193"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Peter-Behrens-Schule</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49FDF49C" w14:textId="77777777" w:rsidR="00031C89" w:rsidRDefault="00031C89" w:rsidP="00031C89">
+          <w:p w14:paraId="29D10EAC" w14:textId="77777777" w:rsidR="00031C89" w:rsidRDefault="00031C89" w:rsidP="00031C89">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00031C89">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Landrat-Gruber-Schule </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E9DDE96" w14:textId="77777777" w:rsidR="004E6129" w:rsidRDefault="00031C89" w:rsidP="00031C89">
+          <w:p w14:paraId="542CA34A" w14:textId="77777777" w:rsidR="004E6129" w:rsidRDefault="00031C89" w:rsidP="00031C89">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Martin-Behaim-Schule</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7970F921" w14:textId="77777777" w:rsidR="00280D41" w:rsidRPr="00031C89" w:rsidRDefault="00280D41" w:rsidP="00031C89">
+          <w:p w14:paraId="4F8140AC" w14:textId="77777777" w:rsidR="00280D41" w:rsidRPr="00031C89" w:rsidRDefault="00280D41" w:rsidP="00031C89">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Heinrich-Emanuel-Merck-Schule</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E6129" w14:paraId="5B677FCA" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="004E6129" w14:paraId="5BAE7620" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10261" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="225E3C83" w14:textId="77777777" w:rsidR="004E6129" w:rsidRPr="00FC20A4" w:rsidRDefault="004E6129" w:rsidP="00151AB8">
+          <w:p w14:paraId="4E2F0FB8" w14:textId="77777777" w:rsidR="004E6129" w:rsidRPr="00FC20A4" w:rsidRDefault="004E6129" w:rsidP="00151AB8">
             <w:pPr>
               <w:spacing w:before="81" w:after="81"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC20A4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Kontrollkästchen13"/>
+            <w:bookmarkStart w:id="1" w:name="Kontrollkästchen13"/>
             <w:r w:rsidRPr="00FC20A4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00092270">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00092270">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r w:rsidRPr="00FC20A4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="00FC20A4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-            </w:r>
+              <w:t xml:space="preserve">   Ich möchte zusätzlich die allgemeine Fachhochschulreife erwerben, um später auch studieren zu können. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E7ADDBB" w14:textId="77777777" w:rsidR="004E6129" w:rsidRPr="00FC20A4" w:rsidRDefault="004E6129" w:rsidP="00151AB8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00FC20A4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
-[...21 lines deleted...]
-              </w:rPr>
               <w:t>Der Anmeldung für den zusätzlichen Erwerb der allgemeinen Fachhochschulreife sind beizufügen:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19EB1ED8" w14:textId="77777777" w:rsidR="004E6129" w:rsidRPr="00FC20A4" w:rsidRDefault="004E6129" w:rsidP="00CF22AC">
+          <w:p w14:paraId="4A99519C" w14:textId="77777777" w:rsidR="004E6129" w:rsidRPr="00FC20A4" w:rsidRDefault="004E6129" w:rsidP="00CF22AC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="193" w:hanging="193"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Kopie des </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC20A4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Halbjahreszeugnisses der 10. Klasse </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C0AFD7D" w14:textId="77777777" w:rsidR="004E6129" w:rsidRPr="00FC20A4" w:rsidRDefault="004E6129" w:rsidP="00CF22AC">
+          <w:p w14:paraId="76DC9F1E" w14:textId="77777777" w:rsidR="004E6129" w:rsidRPr="00FC20A4" w:rsidRDefault="004E6129" w:rsidP="00CF22AC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="193" w:hanging="193"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC20A4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Beglaubigte Kopie des Zeugnisses über den mittleren Abschluss oder beglaubigte Kopie des Zeugnisses, das die Versetzung in die gymnasiale Oberstufe ausweist (nach Erhalt)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7CAB8703" w14:textId="77777777" w:rsidR="004E6129" w:rsidRPr="00F66684" w:rsidRDefault="004E6129" w:rsidP="00CF22AC">
+          <w:p w14:paraId="08D12CC0" w14:textId="77777777" w:rsidR="004E6129" w:rsidRPr="00F66684" w:rsidRDefault="004E6129" w:rsidP="00CF22AC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="193" w:hanging="193"/>
             </w:pPr>
             <w:r w:rsidRPr="00FC20A4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lebenslauf mit Lichtbild</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2C9E5268" w14:textId="77777777" w:rsidR="00AE2F3D" w:rsidRPr="00815B79" w:rsidRDefault="00AE2F3D" w:rsidP="00F53742">
+    <w:p w14:paraId="4EF68231" w14:textId="77777777" w:rsidR="00AE2F3D" w:rsidRDefault="00AE2F3D" w:rsidP="00F53742">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="10260" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5153"/>
         <w:gridCol w:w="5107"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F53742" w14:paraId="625FBA82" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F53742" w14:paraId="2EB6717B" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50CC3A72" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="61ED6019" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ort, Datum: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -9351,223 +8954,223 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5107" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45EAF903" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="6A8C982A" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53742" w14:paraId="09DFF8C0" w14:textId="77777777" w:rsidTr="00F76E90">
+      <w:tr w:rsidR="00F53742" w14:paraId="43C8428A" w14:textId="77777777" w:rsidTr="00F76E90">
         <w:trPr>
           <w:trHeight w:val="904"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D8305F0" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="282C3694" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Unterschrift der Bewerberin/des Bewerbers:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76879390" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00F53742">
-[...7 lines deleted...]
-          <w:p w14:paraId="4A34F12D" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="43369CC3" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2128CC3E" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5107" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C151A8B" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="3530337A" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Unterschrift der/des Erziehungsberechtigten: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00A8467A" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00F53742">
-[...7 lines deleted...]
-          <w:p w14:paraId="52A47316" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+          <w:p w14:paraId="153397B4" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00F53742">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="774F99B2" w14:textId="77777777" w:rsidR="00F53742" w:rsidRDefault="00F53742" w:rsidP="00F53742">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="70568FF3" w14:textId="77777777" w:rsidR="00FE77F0" w:rsidRDefault="00F5751E" w:rsidP="00CF22AC">
+    <w:p w14:paraId="74AD9227" w14:textId="77777777" w:rsidR="00FE77F0" w:rsidRDefault="00F5751E" w:rsidP="00CF22AC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F53742" w:rsidRPr="009E1F17">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit Abgabe dieser Unterlagen wird </w:t>
       </w:r>
       <w:r w:rsidR="00F53742" w:rsidRPr="009E1F17">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>kein Rechtsanspruch auf Aufnahme</w:t>
       </w:r>
       <w:r w:rsidR="00F53742" w:rsidRPr="009E1F17">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in die gewünschte Schule erlangt!</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FE77F0" w:rsidSect="00AE2F3D">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="284" w:right="624" w:bottom="142" w:left="1021" w:header="0" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7B36C460" w14:textId="77777777" w:rsidR="00B8111C" w:rsidRDefault="00B8111C" w:rsidP="00F11E08">
+    <w:p w14:paraId="4166BB84" w14:textId="77777777" w:rsidR="00B8111C" w:rsidRDefault="00B8111C" w:rsidP="00F11E08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B12C6E9" w14:textId="77777777" w:rsidR="00B8111C" w:rsidRDefault="00B8111C" w:rsidP="00F11E08">
+    <w:p w14:paraId="041C7380" w14:textId="77777777" w:rsidR="00B8111C" w:rsidRDefault="00B8111C" w:rsidP="00F11E08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -9584,187 +9187,187 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3D73EEA7" w14:textId="77777777" w:rsidR="00B8111C" w:rsidRPr="00FC20A4" w:rsidRDefault="00B8111C" w:rsidP="00F11E08">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="39A0EE09" w14:textId="77777777" w:rsidR="00B8111C" w:rsidRPr="00FC20A4" w:rsidRDefault="00B8111C" w:rsidP="00F11E08">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00FC20A4">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r w:rsidRPr="00FC20A4">
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00FC20A4">
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00FC20A4">
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00AC7BA5">
+    <w:r w:rsidR="003565DC">
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00FC20A4">
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00FC20A4">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> von </w:t>
     </w:r>
     <w:r w:rsidRPr="00FC20A4">
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00FC20A4">
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText>NUMPAGES  \* Arabic  \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00FC20A4">
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00AC7BA5">
+    <w:r w:rsidR="003565DC">
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00FC20A4">
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C12EE28" w14:textId="77777777" w:rsidR="00B8111C" w:rsidRDefault="00B8111C" w:rsidP="00F11E08">
+    <w:p w14:paraId="3FBFB901" w14:textId="77777777" w:rsidR="00B8111C" w:rsidRDefault="00B8111C" w:rsidP="00F11E08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1414DE7F" w14:textId="77777777" w:rsidR="00B8111C" w:rsidRDefault="00B8111C" w:rsidP="00F11E08">
+    <w:p w14:paraId="7A94F876" w14:textId="77777777" w:rsidR="00B8111C" w:rsidRDefault="00B8111C" w:rsidP="00F11E08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AA05289"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70A62C82"/>
     <w:lvl w:ilvl="0" w:tplc="4CC0E7E8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="405" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1125" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11302,476 +10905,457 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="356809692">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="23092683">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1841699094">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="206264924">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="939293463">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="880168024">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="631836600">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="551111382">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="761531348">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="712115141">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1522235939">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="2096900682">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="923686454">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="130176268">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1604653121">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="8DT/EUHzXVSYuTy3Uk469S7pyY94gfNrBXC/1gZPAaBRMdMQKN5Tm5/+FDtmIPHymfmmeBItGOkydXZQybiNwg==" w:salt="KQk93UHPrONv7iQBPq1leg=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="169985"/>
+    <o:shapedefaults v:ext="edit" spidmax="141313"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C620DC"/>
     <w:rsid w:val="0000670B"/>
     <w:rsid w:val="00011DA5"/>
-    <w:rsid w:val="0001287D"/>
     <w:rsid w:val="00031C89"/>
     <w:rsid w:val="000320C7"/>
     <w:rsid w:val="00086CFD"/>
+    <w:rsid w:val="00092270"/>
     <w:rsid w:val="000A3483"/>
     <w:rsid w:val="000C064F"/>
     <w:rsid w:val="000D5F12"/>
     <w:rsid w:val="000E0734"/>
     <w:rsid w:val="000F7EE4"/>
     <w:rsid w:val="001035A0"/>
     <w:rsid w:val="00107C42"/>
-    <w:rsid w:val="00111EB7"/>
     <w:rsid w:val="00111EC4"/>
     <w:rsid w:val="00111F84"/>
     <w:rsid w:val="00125EB2"/>
     <w:rsid w:val="00135A42"/>
     <w:rsid w:val="00140639"/>
     <w:rsid w:val="00146659"/>
     <w:rsid w:val="00150668"/>
     <w:rsid w:val="00151AB8"/>
     <w:rsid w:val="00161B8A"/>
-    <w:rsid w:val="00163075"/>
     <w:rsid w:val="001636CF"/>
     <w:rsid w:val="0016451E"/>
     <w:rsid w:val="00192D70"/>
     <w:rsid w:val="001B088D"/>
     <w:rsid w:val="001D2E7B"/>
     <w:rsid w:val="001D78A8"/>
     <w:rsid w:val="001D7C68"/>
     <w:rsid w:val="001E0E3A"/>
     <w:rsid w:val="001F0F69"/>
     <w:rsid w:val="00203A1E"/>
-    <w:rsid w:val="002154B1"/>
     <w:rsid w:val="002360C3"/>
     <w:rsid w:val="00261DF9"/>
     <w:rsid w:val="00265019"/>
     <w:rsid w:val="0026564A"/>
     <w:rsid w:val="00266487"/>
     <w:rsid w:val="00280D41"/>
     <w:rsid w:val="00283ABA"/>
-    <w:rsid w:val="00293B38"/>
     <w:rsid w:val="002A12DC"/>
-    <w:rsid w:val="002A5475"/>
     <w:rsid w:val="002B19FB"/>
     <w:rsid w:val="002C2276"/>
     <w:rsid w:val="002D422C"/>
     <w:rsid w:val="002E397B"/>
     <w:rsid w:val="002F2983"/>
     <w:rsid w:val="002F2A93"/>
     <w:rsid w:val="002F73F7"/>
-    <w:rsid w:val="0030072C"/>
     <w:rsid w:val="00301E07"/>
     <w:rsid w:val="00310C65"/>
     <w:rsid w:val="00320F7E"/>
     <w:rsid w:val="003251E1"/>
     <w:rsid w:val="00337D0A"/>
     <w:rsid w:val="00344FB0"/>
     <w:rsid w:val="00350500"/>
     <w:rsid w:val="003511F0"/>
     <w:rsid w:val="003565DC"/>
     <w:rsid w:val="0036314E"/>
     <w:rsid w:val="00363AB6"/>
     <w:rsid w:val="0037619C"/>
     <w:rsid w:val="00396844"/>
     <w:rsid w:val="003B64E4"/>
-    <w:rsid w:val="003B6A1C"/>
     <w:rsid w:val="003C0C69"/>
     <w:rsid w:val="003C1786"/>
     <w:rsid w:val="003D072E"/>
     <w:rsid w:val="003D0E44"/>
     <w:rsid w:val="003D630B"/>
     <w:rsid w:val="003F3B08"/>
     <w:rsid w:val="00405763"/>
     <w:rsid w:val="00433B06"/>
     <w:rsid w:val="00434320"/>
     <w:rsid w:val="004542B6"/>
     <w:rsid w:val="004545A3"/>
     <w:rsid w:val="00456972"/>
     <w:rsid w:val="004702D3"/>
     <w:rsid w:val="00482DC5"/>
     <w:rsid w:val="00483537"/>
     <w:rsid w:val="004A2F3D"/>
     <w:rsid w:val="004B620E"/>
     <w:rsid w:val="004C0DED"/>
     <w:rsid w:val="004C3043"/>
-    <w:rsid w:val="004E2893"/>
+    <w:rsid w:val="004E2F62"/>
     <w:rsid w:val="004E6129"/>
     <w:rsid w:val="004F7C0D"/>
     <w:rsid w:val="00500B19"/>
     <w:rsid w:val="00504A02"/>
     <w:rsid w:val="005302C9"/>
     <w:rsid w:val="00531389"/>
     <w:rsid w:val="00532C5F"/>
     <w:rsid w:val="005339D5"/>
     <w:rsid w:val="0053781E"/>
     <w:rsid w:val="00545EBB"/>
     <w:rsid w:val="00556833"/>
     <w:rsid w:val="005609DD"/>
     <w:rsid w:val="00567130"/>
     <w:rsid w:val="00587002"/>
     <w:rsid w:val="00594583"/>
     <w:rsid w:val="005A0067"/>
     <w:rsid w:val="005A6DFA"/>
     <w:rsid w:val="005E79F0"/>
     <w:rsid w:val="005F280E"/>
     <w:rsid w:val="005F2DB6"/>
     <w:rsid w:val="005F4ED8"/>
     <w:rsid w:val="005F5430"/>
     <w:rsid w:val="00607C3A"/>
     <w:rsid w:val="00613A7B"/>
     <w:rsid w:val="00631EC5"/>
     <w:rsid w:val="00633DEF"/>
     <w:rsid w:val="00634EC8"/>
     <w:rsid w:val="00642250"/>
     <w:rsid w:val="00652250"/>
     <w:rsid w:val="00654AFA"/>
     <w:rsid w:val="0069572A"/>
     <w:rsid w:val="006B0764"/>
-    <w:rsid w:val="006B6204"/>
     <w:rsid w:val="006B7E7B"/>
     <w:rsid w:val="006D01F3"/>
     <w:rsid w:val="006D6142"/>
     <w:rsid w:val="00703381"/>
-    <w:rsid w:val="007141C1"/>
     <w:rsid w:val="00725A5C"/>
     <w:rsid w:val="007324DA"/>
     <w:rsid w:val="00737DE1"/>
     <w:rsid w:val="00747060"/>
     <w:rsid w:val="00757B90"/>
     <w:rsid w:val="007634FB"/>
     <w:rsid w:val="0078749A"/>
     <w:rsid w:val="007908D3"/>
     <w:rsid w:val="007A2285"/>
     <w:rsid w:val="007A6B6D"/>
     <w:rsid w:val="007B152A"/>
     <w:rsid w:val="007B4408"/>
     <w:rsid w:val="007B460F"/>
     <w:rsid w:val="007B47D3"/>
     <w:rsid w:val="007C1183"/>
     <w:rsid w:val="007C7AD9"/>
     <w:rsid w:val="007D51BF"/>
     <w:rsid w:val="007E1A5D"/>
     <w:rsid w:val="007E48E9"/>
     <w:rsid w:val="008001FA"/>
     <w:rsid w:val="008118E2"/>
     <w:rsid w:val="00814617"/>
     <w:rsid w:val="00814DDD"/>
-    <w:rsid w:val="00815B79"/>
     <w:rsid w:val="00820CD7"/>
     <w:rsid w:val="00823FC8"/>
     <w:rsid w:val="0082638F"/>
     <w:rsid w:val="0083683F"/>
     <w:rsid w:val="00861F06"/>
     <w:rsid w:val="00863179"/>
     <w:rsid w:val="0086660E"/>
     <w:rsid w:val="00866730"/>
     <w:rsid w:val="0086715F"/>
     <w:rsid w:val="008679A6"/>
     <w:rsid w:val="00883076"/>
     <w:rsid w:val="008A2A25"/>
     <w:rsid w:val="008A55A8"/>
     <w:rsid w:val="008B1320"/>
     <w:rsid w:val="008D755F"/>
     <w:rsid w:val="008D7862"/>
     <w:rsid w:val="008E3F2C"/>
     <w:rsid w:val="008E4702"/>
     <w:rsid w:val="008F233A"/>
     <w:rsid w:val="009074A0"/>
     <w:rsid w:val="00917ED9"/>
     <w:rsid w:val="009212E3"/>
     <w:rsid w:val="00922225"/>
     <w:rsid w:val="00924F7B"/>
     <w:rsid w:val="009565F0"/>
     <w:rsid w:val="00957D21"/>
     <w:rsid w:val="009646B5"/>
     <w:rsid w:val="00967B89"/>
-    <w:rsid w:val="00975801"/>
     <w:rsid w:val="00980500"/>
     <w:rsid w:val="00997AF1"/>
     <w:rsid w:val="009A4EEB"/>
     <w:rsid w:val="009A5AF0"/>
     <w:rsid w:val="009B2BFD"/>
     <w:rsid w:val="009C4BEC"/>
     <w:rsid w:val="009D0E55"/>
-    <w:rsid w:val="009E14D2"/>
     <w:rsid w:val="009F1F4D"/>
     <w:rsid w:val="009F4FF5"/>
     <w:rsid w:val="009F6743"/>
     <w:rsid w:val="00A05EFC"/>
     <w:rsid w:val="00A30818"/>
     <w:rsid w:val="00A30E3A"/>
-    <w:rsid w:val="00A31AD3"/>
     <w:rsid w:val="00A34821"/>
     <w:rsid w:val="00A43C86"/>
     <w:rsid w:val="00A57565"/>
     <w:rsid w:val="00A62607"/>
     <w:rsid w:val="00A803C5"/>
     <w:rsid w:val="00A80D34"/>
     <w:rsid w:val="00A848C9"/>
     <w:rsid w:val="00A85CF1"/>
     <w:rsid w:val="00A877E0"/>
-    <w:rsid w:val="00AA6062"/>
     <w:rsid w:val="00AA79A7"/>
     <w:rsid w:val="00AC3154"/>
     <w:rsid w:val="00AC6F79"/>
-    <w:rsid w:val="00AC7BA5"/>
     <w:rsid w:val="00AD148B"/>
     <w:rsid w:val="00AD3084"/>
     <w:rsid w:val="00AE0E2A"/>
     <w:rsid w:val="00AE1063"/>
     <w:rsid w:val="00AE2F3D"/>
     <w:rsid w:val="00AF52FF"/>
     <w:rsid w:val="00B0563B"/>
     <w:rsid w:val="00B067A5"/>
     <w:rsid w:val="00B101EC"/>
     <w:rsid w:val="00B21938"/>
-    <w:rsid w:val="00B25604"/>
     <w:rsid w:val="00B317A8"/>
     <w:rsid w:val="00B347E8"/>
     <w:rsid w:val="00B5159C"/>
     <w:rsid w:val="00B80A34"/>
     <w:rsid w:val="00B8111C"/>
     <w:rsid w:val="00B952AE"/>
     <w:rsid w:val="00B973AA"/>
     <w:rsid w:val="00BB79F6"/>
     <w:rsid w:val="00BC038E"/>
     <w:rsid w:val="00BD7A3C"/>
     <w:rsid w:val="00BE0F14"/>
     <w:rsid w:val="00BE1E2C"/>
     <w:rsid w:val="00BE3030"/>
-    <w:rsid w:val="00BE669E"/>
     <w:rsid w:val="00C1552E"/>
     <w:rsid w:val="00C216D0"/>
     <w:rsid w:val="00C34083"/>
     <w:rsid w:val="00C35618"/>
     <w:rsid w:val="00C43D08"/>
     <w:rsid w:val="00C47DC7"/>
     <w:rsid w:val="00C53323"/>
     <w:rsid w:val="00C53EFC"/>
     <w:rsid w:val="00C55EC1"/>
     <w:rsid w:val="00C620DC"/>
     <w:rsid w:val="00C84DCF"/>
     <w:rsid w:val="00C915E6"/>
     <w:rsid w:val="00C94E5D"/>
     <w:rsid w:val="00CB1CCF"/>
     <w:rsid w:val="00CC4448"/>
     <w:rsid w:val="00CD0F5C"/>
     <w:rsid w:val="00CD18DD"/>
     <w:rsid w:val="00CD301B"/>
     <w:rsid w:val="00CD712B"/>
     <w:rsid w:val="00CD7145"/>
     <w:rsid w:val="00CF22AC"/>
     <w:rsid w:val="00CF58C1"/>
     <w:rsid w:val="00D2305F"/>
     <w:rsid w:val="00D26F1E"/>
     <w:rsid w:val="00D303ED"/>
     <w:rsid w:val="00D33C67"/>
     <w:rsid w:val="00D404C4"/>
+    <w:rsid w:val="00D40BD3"/>
     <w:rsid w:val="00D50655"/>
     <w:rsid w:val="00D540AC"/>
     <w:rsid w:val="00D91F1D"/>
     <w:rsid w:val="00D939F7"/>
     <w:rsid w:val="00DB48D4"/>
     <w:rsid w:val="00DD1271"/>
     <w:rsid w:val="00E41769"/>
     <w:rsid w:val="00E44AD8"/>
     <w:rsid w:val="00E73F4D"/>
     <w:rsid w:val="00E74557"/>
     <w:rsid w:val="00E86FD2"/>
     <w:rsid w:val="00E92C3E"/>
     <w:rsid w:val="00EA0234"/>
     <w:rsid w:val="00EA0CBC"/>
     <w:rsid w:val="00EA3B2C"/>
     <w:rsid w:val="00EA3B4C"/>
     <w:rsid w:val="00EA4A5F"/>
     <w:rsid w:val="00EA5728"/>
-    <w:rsid w:val="00EA628B"/>
     <w:rsid w:val="00EB0798"/>
     <w:rsid w:val="00EB1D6E"/>
     <w:rsid w:val="00EB3DB4"/>
     <w:rsid w:val="00EC0483"/>
     <w:rsid w:val="00EC2822"/>
     <w:rsid w:val="00ED1C9C"/>
-    <w:rsid w:val="00ED2085"/>
-    <w:rsid w:val="00ED5A4A"/>
     <w:rsid w:val="00EE5AAD"/>
     <w:rsid w:val="00F02157"/>
     <w:rsid w:val="00F11099"/>
     <w:rsid w:val="00F113E4"/>
     <w:rsid w:val="00F11E08"/>
     <w:rsid w:val="00F12EF7"/>
     <w:rsid w:val="00F237E0"/>
     <w:rsid w:val="00F268F8"/>
     <w:rsid w:val="00F452D9"/>
     <w:rsid w:val="00F53742"/>
     <w:rsid w:val="00F54539"/>
     <w:rsid w:val="00F55467"/>
     <w:rsid w:val="00F55785"/>
     <w:rsid w:val="00F55814"/>
     <w:rsid w:val="00F5751E"/>
     <w:rsid w:val="00F66684"/>
     <w:rsid w:val="00F76E90"/>
     <w:rsid w:val="00F85078"/>
     <w:rsid w:val="00F869FE"/>
     <w:rsid w:val="00F87AB4"/>
     <w:rsid w:val="00F965B3"/>
     <w:rsid w:val="00FA5557"/>
     <w:rsid w:val="00FC10CD"/>
     <w:rsid w:val="00FC20A4"/>
     <w:rsid w:val="00FC76A4"/>
     <w:rsid w:val="00FD0E4A"/>
     <w:rsid w:val="00FE1FF4"/>
     <w:rsid w:val="00FE3953"/>
     <w:rsid w:val="00FE52C4"/>
     <w:rsid w:val="00FE77F0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="169985"/>
+    <o:shapedefaults v:ext="edit" spidmax="141313"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="68F31878"/>
+  <w14:docId w14:val="1890D38C"/>
   <w15:docId w15:val="{54FC66BC-F380-4B47-BA92-B7FBB42CF694}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11849,98 +11433,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -12360,51 +11940,51 @@
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Tabellenraster2">
     <w:name w:val="Tabellenraster2"/>
     <w:basedOn w:val="NormaleTabelle"/>
     <w:next w:val="Tabellenraster"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00CD18DD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1208447338">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1506899069">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12692,79 +12272,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7568E0B4-C1CD-4366-B05A-B385C789865D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81F0C6F7-F439-4AB6-8A91-80956D5A9115}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>763</Words>
-  <Characters>4813</Characters>
+  <Words>725</Words>
+  <Characters>4569</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Land Hessen</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5565</CharactersWithSpaces>
+  <CharactersWithSpaces>5284</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>Fritsch, Andrea (SSA DA)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>