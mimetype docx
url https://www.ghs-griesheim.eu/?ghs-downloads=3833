--- v0 (2025-10-14)
+++ v1 (2026-03-01)
@@ -3,71 +3,71 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="6BA234DB" w14:textId="77777777" w:rsidR="002D1955" w:rsidRDefault="002D1955" w:rsidP="002D1955">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
         <w:t>H10</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48D29D2F" w14:textId="2BD7CF46" w:rsidR="00974237" w:rsidRPr="002D1955" w:rsidRDefault="002D1955" w:rsidP="002D1955">
+    <w:p w14:paraId="48D29D2F" w14:textId="01554DE1" w:rsidR="00974237" w:rsidRPr="002D1955" w:rsidRDefault="002D1955" w:rsidP="002D1955">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D1955">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Bewerbungsformular für </w:t>
       </w:r>
       <w:r w:rsidR="0082703B" w:rsidRPr="002D1955">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>den Erwerb des mittle</w:t>
       </w:r>
       <w:r w:rsidR="00D23119" w:rsidRPr="002D1955">
         <w:rPr>
@@ -180,131 +180,113 @@
       </w:r>
       <w:r w:rsidR="000A2D10" w:rsidRPr="002D1955">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="009D735F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">chuljahr </w:t>
       </w:r>
       <w:r w:rsidR="009D735F" w:rsidRPr="00EB60B6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00722F8A">
+      <w:r w:rsidR="001E3C2A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="009D735F" w:rsidRPr="00EB60B6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>/</w:t>
+        <w:t>/202</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="009D735F" w:rsidRPr="00EB60B6">
+      <w:r w:rsidR="001E3C2A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...7 lines deleted...]
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="008118E2" w:rsidRPr="002D1955">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00974237" w:rsidRPr="002D1955">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> -</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="008118E2" w:rsidRPr="002D1955">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Anmeldefrist bis: </w:t>
       </w:r>
       <w:r w:rsidR="009D735F" w:rsidRPr="00EB60B6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>30.04.202</w:t>
       </w:r>
-      <w:r w:rsidR="00722F8A">
+      <w:r w:rsidR="001E3C2A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="9" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5171"/>
         <w:gridCol w:w="5071"/>
       </w:tblGrid>
       <w:tr w:rsidR="008118E2" w:rsidRPr="001B7978" w14:paraId="0883C7CC" w14:textId="77777777" w:rsidTr="0008022E">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5171" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52E4F601" w14:textId="77777777" w:rsidR="008118E2" w:rsidRPr="001B7978" w:rsidRDefault="00F965B3" w:rsidP="00390FD4">
             <w:pPr>
               <w:rPr>
@@ -388,94 +370,93 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="570E8C96" w14:textId="77777777" w:rsidR="00C677DF" w:rsidRDefault="00C677DF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="64344888" w14:textId="77777777" w:rsidR="00993C7B" w:rsidRDefault="00993C7B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="44CF74C7" w14:textId="666C7158" w:rsidR="00EB1D6E" w:rsidRPr="001B7978" w:rsidRDefault="006D227D">
+          <w:p w14:paraId="44CF74C7" w14:textId="77777777" w:rsidR="00EB1D6E" w:rsidRPr="001B7978" w:rsidRDefault="006D227D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="[Hier bitte die entsprechende Schule auswählen]"/>
                   <w:ddList>
-                    <w:result w:val="3"/>
                     <w:listEntry w:val="     "/>
                     <w:listEntry w:val="Dr.-Kurt-Schumacher-Schule (Reinheim)"/>
                     <w:listEntry w:val="Friedrich-Ebert-Schule (Pfungstadt)"/>
                     <w:listEntry w:val="Gerhart-Hauptmann-Schule (Griesheim)"/>
                     <w:listEntry w:val="Schule auf der Aue (Münster)"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Dropdown1"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DC7D5E">
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00660F2A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00660F2A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w14:paraId="65BFDB4B" w14:textId="77777777" w:rsidR="00EB1D6E" w:rsidRDefault="00EB1D6E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0C4CC6C2" w14:textId="77777777" w:rsidR="00C677DF" w:rsidRDefault="00C677DF">
             <w:pPr>
@@ -729,57 +710,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00660F2A">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00660F2A">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="0066597F">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -803,57 +784,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00660F2A">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="00660F2A">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="0066597F">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="006C560F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -866,73 +847,73 @@
             <w:tcW w:w="2532" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41DF14CE" w14:textId="77777777" w:rsidR="006C560F" w:rsidRPr="001B7978" w:rsidRDefault="006C560F" w:rsidP="00A82BC4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Abgabefrist:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2533" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="262DF99B" w14:textId="1A309135" w:rsidR="006C560F" w:rsidRPr="001B7978" w:rsidRDefault="009D735F" w:rsidP="00A82BC4">
+          <w:p w14:paraId="262DF99B" w14:textId="34A1B6D2" w:rsidR="006C560F" w:rsidRPr="001B7978" w:rsidRDefault="009D735F" w:rsidP="00A82BC4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30.04.202</w:t>
             </w:r>
-            <w:r w:rsidR="00722F8A">
+            <w:r w:rsidR="001E3C2A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C560F" w:rsidRPr="001B7978" w14:paraId="315365FA" w14:textId="77777777" w:rsidTr="0008022E">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5163" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0047B431" w14:textId="77777777" w:rsidR="006C560F" w:rsidRPr="001B7978" w:rsidRDefault="006C560F" w:rsidP="00C34083">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2532" w:type="dxa"/>
@@ -1044,83 +1025,83 @@
           <w:tcPr>
             <w:tcW w:w="2532" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1BA8FE73" w14:textId="77777777" w:rsidR="006C560F" w:rsidRPr="001B7978" w:rsidRDefault="006C560F" w:rsidP="00A82BC4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Entscheidung über die Aufnahme oder Ablehnung:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2533" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D363481" w14:textId="1E402CD0" w:rsidR="006C560F" w:rsidRPr="001B7978" w:rsidRDefault="00C550D6" w:rsidP="00F720AA">
+          <w:p w14:paraId="3D363481" w14:textId="0C3ACFDB" w:rsidR="006C560F" w:rsidRPr="001B7978" w:rsidRDefault="00C550D6" w:rsidP="00F720AA">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">bis zum </w:t>
             </w:r>
             <w:r w:rsidR="00BF3E50" w:rsidRPr="00EB60B6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t>31.05.202</w:t>
             </w:r>
-            <w:r w:rsidR="00722F8A">
+            <w:r w:rsidR="001E3C2A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="006C560F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r w:rsidR="006C560F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>über den Rücklaufbogen an die Eltern und die abgebenden Schulen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1C743701" w14:textId="77777777" w:rsidR="00C677DF" w:rsidRPr="001B7978" w:rsidRDefault="00C677DF" w:rsidP="001B7978">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
@@ -2165,109 +2146,109 @@
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0020479F">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="0020479F">
+            <w:r w:rsidR="00660F2A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00660F2A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      männlich: </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0020479F">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="0020479F">
+            <w:r w:rsidR="00660F2A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00660F2A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D23119" w:rsidRPr="0020479F" w14:paraId="6C7A34C3" w14:textId="77777777" w:rsidTr="0008022E">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1077" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
@@ -3239,57 +3220,57 @@
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0020479F">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="0020479F">
+            <w:r w:rsidR="00660F2A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00660F2A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidR="00CD7EC1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3312,57 +3293,57 @@
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0020479F">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="0020479F">
+            <w:r w:rsidR="00660F2A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00660F2A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1EA0D972" w14:textId="77777777" w:rsidR="00D23119" w:rsidRDefault="00D23119" w:rsidP="00D23119">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
@@ -5870,63 +5851,63 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dr.-</w:t>
             </w:r>
             <w:r w:rsidR="00993C7B" w:rsidRPr="00641AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kurt-Schumacher-Schule</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3439" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6514D9C8" w14:textId="77777777" w:rsidR="00993C7B" w:rsidRPr="00641AF1" w:rsidRDefault="00C023A2" w:rsidP="001F0076">
-[...11 lines deleted...]
-              <w:t>Herr Sor</w:t>
+          <w:p w14:paraId="6514D9C8" w14:textId="6328E943" w:rsidR="00993C7B" w:rsidRPr="00641AF1" w:rsidRDefault="00660F2A" w:rsidP="001F0076">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Frau Ulrike Vogt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BF3A8FE" w14:textId="77777777" w:rsidR="00993C7B" w:rsidRPr="00641AF1" w:rsidRDefault="00993C7B" w:rsidP="001F0076">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00641AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Freiherr-vom-Stein-Str. 1</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7DA70238" w14:textId="77777777" w:rsidR="00993C7B" w:rsidRDefault="00993C7B" w:rsidP="001F0076">
             <w:pPr>
@@ -5965,63 +5946,63 @@
           <w:tcPr>
             <w:tcW w:w="3440" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4324AD6A" w14:textId="77777777" w:rsidR="00974237" w:rsidRPr="00641AF1" w:rsidRDefault="007F00DB" w:rsidP="004F5C70">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00641AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Friedrich-Ebert-Schule</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3439" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="711D8E00" w14:textId="77777777" w:rsidR="00974237" w:rsidRPr="00641AF1" w:rsidRDefault="00543F44" w:rsidP="004F5C70">
-[...11 lines deleted...]
-              <w:t>Frau Neumann</w:t>
+          <w:p w14:paraId="711D8E00" w14:textId="308A903F" w:rsidR="00974237" w:rsidRPr="00641AF1" w:rsidRDefault="00660F2A" w:rsidP="004F5C70">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Herr Stefan Haerle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15DD95AE" w14:textId="77777777" w:rsidR="00974237" w:rsidRPr="00641AF1" w:rsidRDefault="007F00DB" w:rsidP="004F5C70">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00641AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ringstraße 51 – 61</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70C3FB77" w14:textId="77777777" w:rsidR="007F00DB" w:rsidRDefault="007F00DB" w:rsidP="004F5C70">
             <w:pPr>
@@ -6060,63 +6041,63 @@
           <w:tcPr>
             <w:tcW w:w="3440" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33CAB74F" w14:textId="77777777" w:rsidR="00974237" w:rsidRPr="00641AF1" w:rsidRDefault="007F00DB" w:rsidP="004F5C70">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00641AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gerhart-Hauptmann-Schule</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3439" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02E73296" w14:textId="77777777" w:rsidR="00974237" w:rsidRPr="00641AF1" w:rsidRDefault="005D69E2" w:rsidP="0067441C">
-[...11 lines deleted...]
-              <w:t>Frau Höch</w:t>
+          <w:p w14:paraId="02E73296" w14:textId="0EF43EBE" w:rsidR="00974237" w:rsidRPr="00641AF1" w:rsidRDefault="00660F2A" w:rsidP="0067441C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Herr Patrick Neuhaus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A8C52A5" w14:textId="77777777" w:rsidR="00974237" w:rsidRPr="00641AF1" w:rsidRDefault="007F00DB" w:rsidP="004F5C70">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00641AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Goethestraße 99</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="744B7FF2" w14:textId="77777777" w:rsidR="007F00DB" w:rsidRDefault="007F00DB" w:rsidP="004F5C70">
             <w:pPr>
@@ -6155,63 +6136,77 @@
           <w:tcPr>
             <w:tcW w:w="3440" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47250946" w14:textId="77777777" w:rsidR="00993C7B" w:rsidRPr="00641AF1" w:rsidRDefault="00993C7B" w:rsidP="001F0076">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00641AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Schule auf der Aue</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3439" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72E18F61" w14:textId="77777777" w:rsidR="00993C7B" w:rsidRPr="00641AF1" w:rsidRDefault="00993C7B" w:rsidP="001F0076">
+          <w:p w14:paraId="72E18F61" w14:textId="0941B6CF" w:rsidR="00993C7B" w:rsidRPr="00641AF1" w:rsidRDefault="00993C7B" w:rsidP="001F0076">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00641AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Herr Schmidt</w:t>
+              <w:t xml:space="preserve">Herr </w:t>
+            </w:r>
+            <w:r w:rsidR="00660F2A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Falk </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641AF1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Schmidt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52466AFB" w14:textId="77777777" w:rsidR="00993C7B" w:rsidRPr="00641AF1" w:rsidRDefault="00993C7B" w:rsidP="001F0076">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00641AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Heinrich-Heine-Str. 14</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72830B01" w14:textId="77777777" w:rsidR="00993C7B" w:rsidRDefault="00993C7B" w:rsidP="001F0076">
             <w:pPr>
@@ -6235,51 +6230,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>06071 - 39060</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="04CBB920" w14:textId="77777777" w:rsidR="003D4800" w:rsidRDefault="003D4800" w:rsidP="00B316BB">
       <w:pPr>
         <w:sectPr w:rsidR="003D4800" w:rsidSect="006D227D">
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="142" w:right="624" w:bottom="284" w:left="1021" w:header="145" w:footer="164" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1689C2F0" w14:textId="6D9A09FC" w:rsidR="007C3CE6" w:rsidRPr="00FA5CBE" w:rsidRDefault="007C3CE6" w:rsidP="007C3CE6">
+    <w:p w14:paraId="1689C2F0" w14:textId="33B805F4" w:rsidR="007C3CE6" w:rsidRPr="00FA5CBE" w:rsidRDefault="007C3CE6" w:rsidP="007C3CE6">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE1E2C">
         <w:rPr>
           <w:i/>
           <w:noProof/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47B48E65" wp14:editId="74C79A18">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>5833745</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-43180</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="699770" cy="871220"/>
             <wp:effectExtent l="0" t="0" r="5080" b="5080"/>
@@ -6320,73 +6315,73 @@
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00B952AE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Rücklaufbogen </w:t>
       </w:r>
       <w:r w:rsidR="009D735F" w:rsidRPr="00C023A2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00722F8A">
+      <w:r w:rsidR="001E3C2A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="009D735F" w:rsidRPr="00C023A2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidR="00722F8A">
+      <w:r w:rsidR="001E3C2A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="0063467F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> für</w:t>
       </w:r>
       <w:r w:rsidR="007F00DB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> das 10. Hauptschuljahr</w:t>
       </w:r>
       <w:r w:rsidRPr="00B952AE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -7402,75 +7397,58 @@
         </w:rPr>
         <w:t xml:space="preserve">Antrag auf Aufnahme in </w:t>
       </w:r>
       <w:r w:rsidR="007F00DB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">H 10 </w:t>
       </w:r>
       <w:r w:rsidRPr="00B741FA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">an einer der folgenden Schulen: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">   </w:t>
+        <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="007F00DB" w:rsidRPr="007F00DB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...7 lines deleted...]
-        <w:t>Zutreffendes bitte ankreuzen</w:t>
+        <w:t>(Zutreffendes bitte ankreuzen</w:t>
       </w:r>
       <w:r w:rsidR="007F00DB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>!</w:t>
       </w:r>
       <w:r w:rsidR="007F00DB" w:rsidRPr="007F00DB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B741FA">
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9980" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7498,189 +7476,197 @@
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:id="9" w:name="Kontrollkästchen14"/>
           <w:p w14:paraId="524F05BA" w14:textId="77777777" w:rsidR="006D227D" w:rsidRPr="00B741FA" w:rsidRDefault="006D227D" w:rsidP="00D611A4">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen14"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00660F2A">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
             <w:r>
               <w:t xml:space="preserve"> Dr.-Kurt-Schumacher-Schule, Reinheim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C9B84A4" w14:textId="77777777" w:rsidR="006D227D" w:rsidRPr="00B741FA" w:rsidRDefault="006D227D" w:rsidP="00A41A59">
             <w:pPr>
               <w:ind w:right="-57"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00660F2A">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Gerhart-Hauptmann-Schule, Griesheim</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D227D" w:rsidRPr="00B741FA" w14:paraId="0B3FC603" w14:textId="77777777" w:rsidTr="006D227D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5444" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="674CE4BB" w14:textId="77777777" w:rsidR="006D227D" w:rsidRPr="00B741FA" w:rsidRDefault="006D227D" w:rsidP="001F0076">
             <w:pPr>
               <w:ind w:right="-57"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00660F2A">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Friedrich-Ebert-Schule, Pfungstadt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="10" w:name="Kontrollkästchen13"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BEFD80B" w14:textId="77777777" w:rsidR="006D227D" w:rsidRPr="00B741FA" w:rsidRDefault="006D227D" w:rsidP="001F0076">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen13"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00660F2A">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
             <w:r>
-              <w:t xml:space="preserve"> Schule auf der Aue, Münster Albrecht</w:t>
+              <w:t xml:space="preserve"> Schule auf der Aue, Münster </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Albrecht</w:t>
             </w:r>
             <w:r w:rsidRPr="00B741FA">
-              <w:t>Eleonoren-Schule, Darmstadt</w:t>
+              <w:t>Eleonoren</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B741FA">
+              <w:t>-Schule, Darmstadt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D227D" w:rsidRPr="00B741FA" w14:paraId="4431EBF1" w14:textId="77777777" w:rsidTr="006D227D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2141" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4168" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="289C146B" w14:textId="77777777" w:rsidR="006D227D" w:rsidRPr="00B741FA" w:rsidRDefault="006D227D" w:rsidP="00A41A59"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3671" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -7758,57 +7744,57 @@
             <w:bookmarkStart w:id="11" w:name="Kontrollkästchen11"/>
             <w:r w:rsidR="00F738BE">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen11"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00F738BE">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F738BE">
+            <w:r w:rsidR="00660F2A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00F738BE">
+            <w:r w:rsidR="00660F2A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00F738BE">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
             <w:r w:rsidRPr="00AC5A29">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA5CBE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -7838,57 +7824,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00660F2A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00660F2A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="007C3CE6" w:rsidRPr="00FA5CBE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="007C3CE6" w:rsidRPr="00FA5CBE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -7911,201 +7897,183 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="44774274" w14:textId="77777777" w:rsidR="007C3CE6" w:rsidRPr="00DF63EE" w:rsidRDefault="007C3CE6" w:rsidP="007C3CE6">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1165"/>
                 <w:tab w:val="left" w:pos="1602"/>
                 <w:tab w:val="left" w:pos="4295"/>
               </w:tabs>
               <w:ind w:left="1443" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF63EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kapazitäten </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">erschöpft  </w:t>
+              <w:t xml:space="preserve">Kapazitäten erschöpft  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="Kontrollkästchen12"/>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00155D2F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00F738BE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen12"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00F738BE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F738BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="00F738BE">
+            <w:r w:rsidR="00660F2A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00660F2A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00F738BE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
           <w:p w14:paraId="2E3D4005" w14:textId="77777777" w:rsidR="007C3CE6" w:rsidRPr="00DF63EE" w:rsidRDefault="007C3CE6" w:rsidP="007C3CE6">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1165"/>
                 <w:tab w:val="left" w:pos="1602"/>
                 <w:tab w:val="left" w:pos="4295"/>
               </w:tabs>
               <w:ind w:left="1443" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF63EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aufnahmekriterien nicht </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">erfüllt  </w:t>
+              <w:t xml:space="preserve">Aufnahmekriterien nicht erfüllt  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00155D2F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00F738BE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00F738BE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F738BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="00F738BE">
+            <w:r w:rsidR="00660F2A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00660F2A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00F738BE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="7ECDDE86" w14:textId="77777777" w:rsidR="007C3CE6" w:rsidRPr="00DF63EE" w:rsidRDefault="007C3CE6" w:rsidP="007C3CE6">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1165"/>
                 <w:tab w:val="left" w:pos="1602"/>
                 <w:tab w:val="left" w:pos="4268"/>
@@ -8140,160 +8108,151 @@
             </w:r>
             <w:r w:rsidR="00F738BE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00F738BE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F738BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="00F738BE">
+            <w:r w:rsidR="00660F2A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00660F2A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00F738BE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="3ADEAB4C" w14:textId="77777777" w:rsidR="007C3CE6" w:rsidRPr="00DF63EE" w:rsidRDefault="007C3CE6" w:rsidP="00F738BE">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1165"/>
                 <w:tab w:val="left" w:pos="1602"/>
                 <w:tab w:val="left" w:pos="4295"/>
               </w:tabs>
               <w:ind w:left="1443" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF63EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sonstige </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve">Sonstige Gründe </w:t>
+            </w:r>
             <w:r w:rsidRPr="00DF63EE">
               <w:rPr>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-              <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00155D2F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00F738BE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00F738BE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F738BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="00F738BE">
+            <w:r w:rsidR="00660F2A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00660F2A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00F738BE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C3CE6" w:rsidRPr="00DF63EE" w14:paraId="5F12B1BA" w14:textId="77777777" w:rsidTr="0008022E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10228" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3E18F8EF" w14:textId="77777777" w:rsidR="007C3CE6" w:rsidRPr="00DF63EE" w:rsidRDefault="00F738BE" w:rsidP="007C3CE6">
             <w:pPr>
               <w:rPr>
@@ -8303,57 +8262,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00660F2A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00660F2A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="007C3CE6" w:rsidRPr="00DF63EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007C3CE6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -8436,76 +8395,76 @@
       </w:r>
       <w:r w:rsidR="007C3CE6">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00587E0C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00587E0C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007C3CE6">
         <w:t xml:space="preserve">Schulstempel: </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007C3CE6" w:rsidSect="007C3CE6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="284" w:bottom="425" w:left="567" w:header="709" w:footer="198" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3DCF32BD" w14:textId="77777777" w:rsidR="0076219F" w:rsidRDefault="0076219F" w:rsidP="00F11E08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="64631097" w14:textId="77777777" w:rsidR="0076219F" w:rsidRDefault="0076219F" w:rsidP="00F11E08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -8515,51 +8474,51 @@
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="23D1D165" w14:textId="77777777" w:rsidR="0076219F" w:rsidRPr="00FC20A4" w:rsidRDefault="0076219F" w:rsidP="00F11E08">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00FC20A4">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r w:rsidRPr="00FC20A4">
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00FC20A4">
@@ -8626,92 +8585,92 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="003A7952">
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00FC20A4">
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="286F9005" w14:textId="77777777" w:rsidR="0076219F" w:rsidRDefault="0076219F" w:rsidP="00F11E08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7BC3DC9A" w14:textId="77777777" w:rsidR="0076219F" w:rsidRDefault="0076219F" w:rsidP="00F11E08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="63704AF6" w14:textId="77777777" w:rsidR="0076219F" w:rsidRDefault="0076219F" w:rsidP="007C3CE6">
       <w:pPr>
         <w:pStyle w:val="Funotentext"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Funotenzeichen"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Weitere Angaben ggf. auf der Rückseite.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AA05289"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70A62C82"/>
     <w:lvl w:ilvl="0" w:tplc="4CC0E7E8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="405" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1125" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10427,240 +10386,240 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1584949698">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="811991329">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2047557609">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1530875036">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1918787743">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="647325709">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="302660080">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="2037995114">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1364601332">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="232475413">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1211653195">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1072508310">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1207840260">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1836385162">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1179393847">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="671373866">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="308747719">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="499e4HXbXmX/GfViD9KOEdgtvV8DgVx89i7rcvehalOQ0ysvYwDvY/XZz8yREEcVsMQ+qBdEktQo/qS2YapHcg==" w:salt="XiIbkk6qR4M0adrk6DaVlg=="/>
+  <w:proofState w:spelling="clean"/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="130049"/>
+    <o:shapedefaults v:ext="edit" spidmax="132097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C620DC"/>
     <w:rsid w:val="0000670B"/>
     <w:rsid w:val="0001762A"/>
     <w:rsid w:val="000513DD"/>
     <w:rsid w:val="00074647"/>
     <w:rsid w:val="0008022E"/>
     <w:rsid w:val="0009017A"/>
     <w:rsid w:val="000901B6"/>
     <w:rsid w:val="0009273A"/>
     <w:rsid w:val="000A2D10"/>
     <w:rsid w:val="000D5F12"/>
     <w:rsid w:val="000D7128"/>
     <w:rsid w:val="000E0734"/>
     <w:rsid w:val="00107C42"/>
     <w:rsid w:val="00111EC4"/>
     <w:rsid w:val="00112CA8"/>
     <w:rsid w:val="00125080"/>
     <w:rsid w:val="0012594A"/>
     <w:rsid w:val="0013060D"/>
     <w:rsid w:val="00135A42"/>
     <w:rsid w:val="00155D2F"/>
     <w:rsid w:val="00156A95"/>
     <w:rsid w:val="00161B8A"/>
     <w:rsid w:val="0018271F"/>
     <w:rsid w:val="00190070"/>
     <w:rsid w:val="001904C8"/>
     <w:rsid w:val="00191F2D"/>
     <w:rsid w:val="00192D70"/>
     <w:rsid w:val="001A4A5C"/>
     <w:rsid w:val="001B0B69"/>
     <w:rsid w:val="001B7978"/>
     <w:rsid w:val="001D2E7B"/>
+    <w:rsid w:val="001E3C2A"/>
     <w:rsid w:val="001E7A0B"/>
     <w:rsid w:val="001F0076"/>
     <w:rsid w:val="0020479F"/>
     <w:rsid w:val="002104A9"/>
     <w:rsid w:val="00234A15"/>
     <w:rsid w:val="0026564A"/>
     <w:rsid w:val="002B19FB"/>
     <w:rsid w:val="002B4A00"/>
     <w:rsid w:val="002C2276"/>
     <w:rsid w:val="002C4D84"/>
     <w:rsid w:val="002D1955"/>
     <w:rsid w:val="002D422C"/>
     <w:rsid w:val="002E128E"/>
     <w:rsid w:val="002E3EAB"/>
     <w:rsid w:val="00301E07"/>
     <w:rsid w:val="003022EF"/>
     <w:rsid w:val="003251E1"/>
     <w:rsid w:val="00344FB0"/>
     <w:rsid w:val="003732FC"/>
     <w:rsid w:val="00390FD4"/>
     <w:rsid w:val="003947D9"/>
     <w:rsid w:val="003A2360"/>
     <w:rsid w:val="003A7952"/>
     <w:rsid w:val="003B5D19"/>
     <w:rsid w:val="003C0C69"/>
     <w:rsid w:val="003C0D0E"/>
     <w:rsid w:val="003C1786"/>
     <w:rsid w:val="003C6038"/>
     <w:rsid w:val="003D4800"/>
     <w:rsid w:val="003D5B69"/>
     <w:rsid w:val="003E1258"/>
     <w:rsid w:val="0040165D"/>
     <w:rsid w:val="004042D5"/>
     <w:rsid w:val="00405763"/>
-    <w:rsid w:val="0041476C"/>
     <w:rsid w:val="0043212E"/>
     <w:rsid w:val="00433B06"/>
     <w:rsid w:val="00434320"/>
     <w:rsid w:val="00452350"/>
     <w:rsid w:val="004542B6"/>
     <w:rsid w:val="00456972"/>
     <w:rsid w:val="00462F25"/>
     <w:rsid w:val="004702D3"/>
     <w:rsid w:val="00472483"/>
     <w:rsid w:val="004A1F7A"/>
     <w:rsid w:val="004A2F3D"/>
     <w:rsid w:val="004B620E"/>
     <w:rsid w:val="004C0DED"/>
     <w:rsid w:val="004E3449"/>
     <w:rsid w:val="004F5C70"/>
     <w:rsid w:val="0051163F"/>
     <w:rsid w:val="00522AA0"/>
     <w:rsid w:val="005302C9"/>
     <w:rsid w:val="005339D5"/>
     <w:rsid w:val="00543F44"/>
     <w:rsid w:val="00556833"/>
     <w:rsid w:val="00556DA6"/>
     <w:rsid w:val="00587E0C"/>
     <w:rsid w:val="0059770D"/>
     <w:rsid w:val="005B1C0A"/>
     <w:rsid w:val="005D69E2"/>
     <w:rsid w:val="005F5430"/>
     <w:rsid w:val="005F731B"/>
     <w:rsid w:val="00617BA0"/>
     <w:rsid w:val="006221CE"/>
     <w:rsid w:val="0063015C"/>
     <w:rsid w:val="00630AA0"/>
     <w:rsid w:val="0063467F"/>
     <w:rsid w:val="0063516D"/>
     <w:rsid w:val="00641AF1"/>
     <w:rsid w:val="00652250"/>
     <w:rsid w:val="00655DF7"/>
+    <w:rsid w:val="00660F2A"/>
     <w:rsid w:val="0066597F"/>
     <w:rsid w:val="0067441C"/>
     <w:rsid w:val="0069572A"/>
-    <w:rsid w:val="006B286F"/>
     <w:rsid w:val="006C560F"/>
     <w:rsid w:val="006D227D"/>
     <w:rsid w:val="00703381"/>
     <w:rsid w:val="00715C9B"/>
     <w:rsid w:val="00720268"/>
     <w:rsid w:val="00722F8A"/>
     <w:rsid w:val="00725A5C"/>
     <w:rsid w:val="007324DA"/>
     <w:rsid w:val="007534CB"/>
     <w:rsid w:val="0076219F"/>
     <w:rsid w:val="00762BB2"/>
     <w:rsid w:val="00786ABC"/>
     <w:rsid w:val="0078749A"/>
     <w:rsid w:val="00787E30"/>
     <w:rsid w:val="00791365"/>
     <w:rsid w:val="007A00AF"/>
     <w:rsid w:val="007C1183"/>
     <w:rsid w:val="007C3CE6"/>
     <w:rsid w:val="007C7AD9"/>
     <w:rsid w:val="007E7379"/>
     <w:rsid w:val="007E75EA"/>
     <w:rsid w:val="007E760A"/>
     <w:rsid w:val="007F00DB"/>
     <w:rsid w:val="007F41EC"/>
     <w:rsid w:val="008001FA"/>
@@ -10726,156 +10685,154 @@
     <w:rsid w:val="00B81DC3"/>
     <w:rsid w:val="00B835A4"/>
     <w:rsid w:val="00B952AE"/>
     <w:rsid w:val="00B973AA"/>
     <w:rsid w:val="00BB226E"/>
     <w:rsid w:val="00BD7A3C"/>
     <w:rsid w:val="00BE1E2C"/>
     <w:rsid w:val="00BF3E50"/>
     <w:rsid w:val="00BF7D60"/>
     <w:rsid w:val="00C023A2"/>
     <w:rsid w:val="00C046D7"/>
     <w:rsid w:val="00C10952"/>
     <w:rsid w:val="00C125AC"/>
     <w:rsid w:val="00C1552E"/>
     <w:rsid w:val="00C179D4"/>
     <w:rsid w:val="00C238A0"/>
     <w:rsid w:val="00C34083"/>
     <w:rsid w:val="00C41075"/>
     <w:rsid w:val="00C43D08"/>
     <w:rsid w:val="00C46880"/>
     <w:rsid w:val="00C47DC7"/>
     <w:rsid w:val="00C550D6"/>
     <w:rsid w:val="00C55803"/>
     <w:rsid w:val="00C620DC"/>
     <w:rsid w:val="00C67421"/>
+    <w:rsid w:val="00C6772D"/>
     <w:rsid w:val="00C677DF"/>
     <w:rsid w:val="00C779A8"/>
     <w:rsid w:val="00C84DCF"/>
     <w:rsid w:val="00C867EE"/>
     <w:rsid w:val="00C94A8E"/>
     <w:rsid w:val="00CB1CCF"/>
     <w:rsid w:val="00CC4448"/>
     <w:rsid w:val="00CD0F5C"/>
     <w:rsid w:val="00CD1043"/>
     <w:rsid w:val="00CD712B"/>
     <w:rsid w:val="00CD7EC1"/>
     <w:rsid w:val="00D138EE"/>
     <w:rsid w:val="00D2305F"/>
     <w:rsid w:val="00D23119"/>
     <w:rsid w:val="00D26F1E"/>
     <w:rsid w:val="00D303ED"/>
     <w:rsid w:val="00D41E9A"/>
     <w:rsid w:val="00D50655"/>
     <w:rsid w:val="00D611A4"/>
     <w:rsid w:val="00D853BD"/>
     <w:rsid w:val="00D91F1D"/>
     <w:rsid w:val="00D939F7"/>
     <w:rsid w:val="00DC41AA"/>
     <w:rsid w:val="00DC5966"/>
-    <w:rsid w:val="00DC7D5E"/>
     <w:rsid w:val="00DD1271"/>
     <w:rsid w:val="00DF3077"/>
     <w:rsid w:val="00E05355"/>
     <w:rsid w:val="00E32D08"/>
     <w:rsid w:val="00E35241"/>
     <w:rsid w:val="00E36E69"/>
     <w:rsid w:val="00E41769"/>
     <w:rsid w:val="00E44AD8"/>
     <w:rsid w:val="00E73F4D"/>
     <w:rsid w:val="00E743F6"/>
     <w:rsid w:val="00E814CE"/>
     <w:rsid w:val="00E92C3E"/>
     <w:rsid w:val="00EA0CBC"/>
     <w:rsid w:val="00EA3B2C"/>
     <w:rsid w:val="00EA3B4C"/>
     <w:rsid w:val="00EA5728"/>
-    <w:rsid w:val="00EB17DB"/>
     <w:rsid w:val="00EB1D6E"/>
     <w:rsid w:val="00EB248E"/>
     <w:rsid w:val="00EB60B6"/>
     <w:rsid w:val="00EB687E"/>
     <w:rsid w:val="00EC2822"/>
     <w:rsid w:val="00EC44C8"/>
-    <w:rsid w:val="00ED4472"/>
     <w:rsid w:val="00ED5EBD"/>
     <w:rsid w:val="00ED651E"/>
     <w:rsid w:val="00EE722E"/>
     <w:rsid w:val="00EF322D"/>
     <w:rsid w:val="00F00D4D"/>
     <w:rsid w:val="00F02157"/>
     <w:rsid w:val="00F07D95"/>
     <w:rsid w:val="00F11099"/>
     <w:rsid w:val="00F113E4"/>
     <w:rsid w:val="00F11E08"/>
     <w:rsid w:val="00F43100"/>
     <w:rsid w:val="00F54539"/>
     <w:rsid w:val="00F55785"/>
     <w:rsid w:val="00F66684"/>
     <w:rsid w:val="00F720AA"/>
     <w:rsid w:val="00F738BE"/>
     <w:rsid w:val="00F85078"/>
     <w:rsid w:val="00F87375"/>
     <w:rsid w:val="00F965B3"/>
     <w:rsid w:val="00FA7AF7"/>
     <w:rsid w:val="00FB06F7"/>
     <w:rsid w:val="00FC20A4"/>
     <w:rsid w:val="00FC76A4"/>
     <w:rsid w:val="00FD2628"/>
     <w:rsid w:val="00FF0313"/>
     <w:rsid w:val="00FF1B1B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="130049"/>
+    <o:shapedefaults v:ext="edit" spidmax="132097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="18BD6F19"/>
   <w15:docId w15:val="{033B76D9-6014-43E7-AA3C-7614A5373E18}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11483,51 +11440,51 @@
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Tabellenraster11">
     <w:name w:val="Tabellenraster11"/>
     <w:basedOn w:val="NormaleTabelle"/>
     <w:next w:val="Tabellenraster"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="0020479F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="409347845">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="639187649">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11863,69 +11820,69 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{567226EE-87C2-4F0B-AF05-6422240AB897}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>631</Words>
-  <Characters>3978</Characters>
+  <Words>635</Words>
+  <Characters>4002</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>33</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Land Hessen</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4600</CharactersWithSpaces>
+  <CharactersWithSpaces>4628</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Fritsch, Andrea (SSA DA)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>