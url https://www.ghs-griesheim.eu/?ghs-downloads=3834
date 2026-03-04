--- v0 (2025-10-14)
+++ v1 (2026-03-04)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="3B7C64B6" w14:textId="77777777" w:rsidR="00146F1C" w:rsidRPr="00146F1C" w:rsidRDefault="00CF7744" w:rsidP="00A04526">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C63E93">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D5A9EF6" wp14:editId="789127D8">
             <wp:simplePos x="4289425" y="457200"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>187655</wp:posOffset>
@@ -92,51 +92,51 @@
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00C620DC" w:rsidRPr="00146F1C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="00146F1C" w:rsidRPr="00146F1C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
         <w:t>FS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E307E13" w14:textId="39699DB2" w:rsidR="00A43FEA" w:rsidRPr="00191A97" w:rsidRDefault="00146F1C" w:rsidP="00270139">
+    <w:p w14:paraId="2E307E13" w14:textId="19500A8D" w:rsidR="00A43FEA" w:rsidRPr="00191A97" w:rsidRDefault="00146F1C" w:rsidP="00270139">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00191A97">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="00C620DC" w:rsidRPr="00191A97">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ewerbungsformular für die </w:t>
       </w:r>
       <w:r w:rsidR="00DC1149" w:rsidRPr="00191A97">
@@ -198,113 +198,113 @@
       </w:r>
       <w:r w:rsidR="00191A97" w:rsidRPr="00191A97">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ittleren Abschluss führend - </w:t>
       </w:r>
       <w:r w:rsidR="008118E2" w:rsidRPr="00251B89">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Schuljahr 2</w:t>
       </w:r>
       <w:r w:rsidR="008D05DC" w:rsidRPr="00251B89">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>02</w:t>
       </w:r>
-      <w:r w:rsidR="0095292D">
+      <w:r w:rsidR="00DD5D3C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="008D05DC" w:rsidRPr="00251B89">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidR="0095292D">
+      <w:r w:rsidR="00DD5D3C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00DC1149" w:rsidRPr="00191A97">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="00726F93" w:rsidRPr="00191A97">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Bewerbungs</w:t>
       </w:r>
       <w:r w:rsidR="008D05DC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">frist bis: </w:t>
       </w:r>
       <w:r w:rsidR="008D05DC" w:rsidRPr="00251B89">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>31.03.202</w:t>
       </w:r>
-      <w:r w:rsidR="0095292D">
+      <w:r w:rsidR="00DD5D3C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00A04526">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00A04526">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="00A43FEA" w:rsidRPr="009E1F17">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>itte kreuzen Sie die gewünschte Fachrichtung/Schule an.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -522,60 +522,60 @@
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Kontrollkästchen7"/>
             <w:r w:rsidRPr="009E1F17">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="009E1F17">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="009E1F17">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009E1F17">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
@@ -781,60 +781,60 @@
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Kontrollkästchen8"/>
             <w:r w:rsidRPr="009E1F17">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="009E1F17">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="009E1F17">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009E1F17">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
@@ -868,58 +868,69 @@
               <w:t>Elektrotechnik</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0A31D3B0" w14:textId="77777777" w:rsidR="009E1F17" w:rsidRPr="009E1F17" w:rsidRDefault="009E1F17" w:rsidP="00A43FEA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1F17">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heinr.-Emanuel-Merck-Schule </w:t>
+              <w:t>Heinr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E1F17">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.-Emanuel-Merck-Schule </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3492B8EA" w14:textId="77777777" w:rsidR="00A43FEA" w:rsidRPr="009E1F17" w:rsidRDefault="009E1F17" w:rsidP="009E1F17">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Alsfelder Str. 23, </w:t>
             </w:r>
             <w:r w:rsidR="00A43FEA" w:rsidRPr="009E1F17">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -1003,60 +1014,60 @@
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009E1F17">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="009E1F17">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="009E1F17">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009E1F17">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
@@ -1242,60 +1253,60 @@
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009E1F17">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="009E1F17">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="009E1F17">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009E1F17">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
@@ -1425,60 +1436,60 @@
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009E1F17">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="009E1F17">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="009E1F17">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009E1F17">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
@@ -1654,60 +1665,60 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009E1F17">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="009E1F17">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="009E1F17">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009E1F17">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -1815,60 +1826,60 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009E1F17">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="009E1F17">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="009E1F17">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009E1F17">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
@@ -2784,70 +2795,70 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A55DF7" w14:paraId="2AB0CED4" w14:textId="77777777" w:rsidTr="00191A97">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AD33D44" w14:textId="0540C488" w:rsidR="00A55DF7" w:rsidRDefault="00251B89" w:rsidP="00A55DF7">
+          <w:p w14:paraId="2AD33D44" w14:textId="4A80DF5A" w:rsidR="00A55DF7" w:rsidRDefault="00251B89" w:rsidP="00A55DF7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Alter am 01.08.202</w:t>
             </w:r>
-            <w:r w:rsidR="0095292D">
-[...4 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00A55DF7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
@@ -2983,158 +2994,174 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      männlich: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F0782" w14:paraId="1C5F852A" w14:textId="77777777" w:rsidTr="00191A97">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1546" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5BFB6BB6" w14:textId="77777777" w:rsidR="007F0782" w:rsidRPr="00786ABC" w:rsidRDefault="007F0782" w:rsidP="00A55DF7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anzahl d. Schul- besuchsjahre: </w:t>
+              <w:t xml:space="preserve">Anzahl d. Schul- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>besuchsjahre</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8708" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57601702" w14:textId="77777777" w:rsidR="007F0782" w:rsidRDefault="007F0782" w:rsidP="00A55DF7">
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -3276,57 +3303,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  Lernen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3343,109 +3370,109 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  Hören                        </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00FD19F6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -3462,57 +3489,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  emotional/sozial</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3522,109 +3549,109 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  Sehen                        </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00316043">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -3663,57 +3690,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00344AC6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -3781,57 +3808,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00745237">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3856,57 +3883,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00745237">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  Förderschule </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3939,301 +3966,309 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sprachstand:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8708" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D8CEB01" w14:textId="77777777" w:rsidR="00191A97" w:rsidRDefault="00191A97" w:rsidP="00191A97">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="008D0CB6">
-              <w:t>bei Intensivklassen- bzw. InteA-Schüler(inne)n</w:t>
+              <w:t xml:space="preserve">bei Intensivklassen- bzw. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008D0CB6">
+              <w:t>InteA</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008D0CB6">
+              <w:t>-Schüler(inne)n</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22207023" w14:textId="77777777" w:rsidR="00191A97" w:rsidRPr="00AC7EF6" w:rsidRDefault="00191A97" w:rsidP="00191A97">
             <w:pPr>
               <w:spacing w:before="6"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  A2      </w:t>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  B1      </w:t>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  B2      </w:t>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  C1       </w:t>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  C2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00191A97" w:rsidRPr="0020479F" w14:paraId="1358E408" w14:textId="77777777" w:rsidTr="00191A97">
         <w:trPr>
@@ -4308,57 +4343,57 @@
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4376,57 +4411,57 @@
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4497,57 +4532,57 @@
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF56A0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4564,57 +4599,57 @@
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="007C384E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4638,57 +4673,57 @@
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="007C384E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4712,57 +4747,57 @@
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="007C384E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4779,57 +4814,57 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Kontrollkästchen1"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00231E58">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4885,57 +4920,57 @@
             <w:r w:rsidRPr="00231E58">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00231E58">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00231E58">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00231E58">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00231E58">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00231E58">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00231E58">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4968,57 +5003,57 @@
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="007C384E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5044,81 +5079,81 @@
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4189A4C2" w14:textId="77777777" w:rsidR="000F1D4D" w:rsidRPr="00903F04" w:rsidRDefault="000F1D4D" w:rsidP="000F1D4D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Abgabefrist:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2478" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58826F88" w14:textId="0C682FE3" w:rsidR="000F1D4D" w:rsidRDefault="000F1D4D" w:rsidP="000F1D4D">
+          <w:p w14:paraId="58826F88" w14:textId="6D64F1AF" w:rsidR="000F1D4D" w:rsidRDefault="000F1D4D" w:rsidP="000F1D4D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">bis zum </w:t>
             </w:r>
             <w:r w:rsidR="002A571D" w:rsidRPr="00251B89">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>31.03.202</w:t>
             </w:r>
-            <w:r w:rsidR="0095292D">
+            <w:r w:rsidR="00DD5D3C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F1D4D" w:rsidRPr="00DD6AD1" w14:paraId="12FBBC74" w14:textId="77777777" w:rsidTr="00660D91">
         <w:trPr>
           <w:trHeight w:val="372"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:vMerge/>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="00D971F8" w14:textId="77777777" w:rsidR="000F1D4D" w:rsidRPr="003E1159" w:rsidRDefault="000F1D4D" w:rsidP="00A43FEA">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -5247,89 +5282,89 @@
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="753D728E" w14:textId="77777777" w:rsidR="000F1D4D" w:rsidRDefault="000F1D4D" w:rsidP="00B70837">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Entscheidung über die Aufnahme oder Ablehnung:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2478" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51609ED5" w14:textId="26545463" w:rsidR="000F1D4D" w:rsidRDefault="0069584E" w:rsidP="00526C5D">
+          <w:p w14:paraId="51609ED5" w14:textId="7FE421F1" w:rsidR="000F1D4D" w:rsidRDefault="0069584E" w:rsidP="00526C5D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">bis zum </w:t>
             </w:r>
             <w:r w:rsidR="00191A97" w:rsidRPr="00251B89">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
             <w:r w:rsidR="002A571D" w:rsidRPr="00251B89">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.05.202</w:t>
             </w:r>
-            <w:r w:rsidR="0095292D">
+            <w:r w:rsidR="00DD5D3C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00DD56AA" w:rsidRPr="00191A97">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidR="000F1D4D" w:rsidRPr="00191A97">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000F1D4D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">über </w:t>
             </w:r>
             <w:r w:rsidR="00526C5D">
               <w:rPr>
@@ -6991,56 +7026,65 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006B7849" w:rsidRPr="002C48B3" w14:paraId="1B4A1D4E" w14:textId="77777777" w:rsidTr="00022AE4">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="4685" w:type="dxa"/>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A720EF2" w14:textId="77777777" w:rsidR="006B7849" w:rsidRPr="002C48B3" w:rsidRDefault="006B7849" w:rsidP="00A43FEA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Aufent-haltsstatus:</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Aufent-haltsstatus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4490" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54B41302" w14:textId="77777777" w:rsidR="006B7849" w:rsidRPr="002C48B3" w:rsidRDefault="006B7849" w:rsidP="00A43FEA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C48B3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -10182,114 +10226,114 @@
             <w:r w:rsidRPr="00C04627">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C04627">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00C04627">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00C04627">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C04627">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00C04627">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  wird voraussichtlich den qualifizierenden Hauptschulabschluss erreichen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22D691D0" w14:textId="77777777" w:rsidR="00C04627" w:rsidRDefault="00C04627" w:rsidP="00C04627">
             <w:pPr>
               <w:spacing w:before="40"/>
             </w:pPr>
             <w:r w:rsidRPr="00C04627">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C04627">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00C04627">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00C04627">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C04627">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00C04627">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  wird voraussichtlich keinen qualifizierenden Hauptschulabschluss erreichen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7388602B" w14:textId="77777777" w:rsidR="00405763" w:rsidRDefault="00B347E8" w:rsidP="00021DAB">
@@ -10605,57 +10649,57 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Kontrollkästchen3"/>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="359A8432" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="004C1B5B" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -10665,57 +10709,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03CE49E9" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -10725,57 +10769,57 @@
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BF617A9" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -10785,57 +10829,57 @@
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AF661B8" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -10844,57 +10888,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="690FB9F1" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -10903,57 +10947,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0338C" w:rsidRPr="00653F9A" w14:paraId="31996A4A" w14:textId="77777777" w:rsidTr="00C04627">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10989,57 +11033,57 @@
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Kontrollkästchen4"/>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4719CEA4" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -11049,57 +11093,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="441946B7" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -11108,57 +11152,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18BAABDB" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -11167,57 +11211,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C5FAE13" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -11226,57 +11270,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DA5ED9D" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -11285,57 +11329,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0338C" w:rsidRPr="00653F9A" w14:paraId="5517048D" w14:textId="77777777" w:rsidTr="00C04627">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11371,57 +11415,57 @@
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Kontrollkästchen5"/>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B0272CC" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -11431,57 +11475,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27FAF1D3" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -11490,57 +11534,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="611BECEA" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -11549,57 +11593,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="075CAEDE" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -11608,57 +11652,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09AD36AB" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -11667,57 +11711,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0338C" w:rsidRPr="00653F9A" w14:paraId="7DBCCE74" w14:textId="77777777" w:rsidTr="00C04627">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11752,57 +11796,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BE5BF09" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -11811,57 +11855,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37DEB3B5" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -11870,57 +11914,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75A0EEE8" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -11929,57 +11973,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39FA376A" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -11988,57 +12032,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F2C9E2C" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -12047,57 +12091,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0338C" w:rsidRPr="00653F9A" w14:paraId="064863C2" w14:textId="77777777" w:rsidTr="00C04627">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12132,57 +12176,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E23013E" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -12191,57 +12235,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FF3A7BA" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -12250,57 +12294,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61765C51" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -12309,57 +12353,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14C06FC9" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -12368,57 +12412,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="358D3C20" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -12427,57 +12471,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0338C" w:rsidRPr="00653F9A" w14:paraId="72530313" w14:textId="77777777" w:rsidTr="00C04627">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12512,57 +12556,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BC415D1" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -12571,57 +12615,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C85DD53" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -12631,57 +12675,57 @@
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7688904A" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -12690,57 +12734,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70147099" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -12749,57 +12793,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B309863" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -12808,57 +12852,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0338C" w:rsidRPr="00653F9A" w14:paraId="3308DE9B" w14:textId="77777777" w:rsidTr="00C04627">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12921,57 +12965,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E367C3F" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -12980,57 +13024,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B495DD8" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -13039,57 +13083,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58A202F4" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -13098,57 +13142,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A584286" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -13157,57 +13201,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06FD0080" w14:textId="77777777" w:rsidR="00C0338C" w:rsidRPr="00653F9A" w:rsidRDefault="00C0338C" w:rsidP="00A62607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -13216,57 +13260,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00653F9A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00653F9A">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00653F9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7650AB4F" w14:textId="77777777" w:rsidR="00C04627" w:rsidRDefault="00C04627" w:rsidP="00405763">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -13688,51 +13732,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6D3C2A5A" w14:textId="77777777" w:rsidR="003D230B" w:rsidRPr="00660D0A" w:rsidRDefault="003D230B" w:rsidP="00D939F7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3831A31A" w14:textId="77777777" w:rsidR="00707B9A" w:rsidRPr="00660D0A" w:rsidRDefault="00707B9A" w:rsidP="00D939F7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4A61C806" w14:textId="77777777" w:rsidR="003D230B" w:rsidRDefault="003D230B" w:rsidP="00D939F7"/>
-    <w:p w14:paraId="24436ADE" w14:textId="77777777" w:rsidR="00CF7744" w:rsidRDefault="00922F89" w:rsidP="00CF7744">
+    <w:p w14:paraId="49679493" w14:textId="4D0561A0" w:rsidR="00B952AE" w:rsidRPr="007D29EE" w:rsidRDefault="00922F89" w:rsidP="00660D0A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F7810">
         <w:rPr>
           <w:i/>
           <w:noProof/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73B2798F" wp14:editId="20EE58F7">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>5677535</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>262890</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="699770" cy="871220"/>
@@ -13758,113 +13802,105 @@
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="699770" cy="871220"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00660D0A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00CF7744">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Rü</w:t>
       </w:r>
       <w:r w:rsidR="002A571D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">cklaufbogen </w:t>
       </w:r>
       <w:r w:rsidR="002A571D" w:rsidRPr="00251B89">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="0095292D">
+      <w:r w:rsidR="00DD5D3C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="002A571D" w:rsidRPr="00251B89">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidR="0095292D">
+      <w:r w:rsidR="00DD5D3C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00B952AE" w:rsidRPr="0079146F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00726F93" w:rsidRPr="0079146F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>zu Bewerbungen für</w:t>
       </w:r>
       <w:r w:rsidR="00726F93">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -14050,57 +14086,57 @@
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="[Hier bitte die entsprechende Schule auswählen]"/>
             <w:ddList>
               <w:listEntry w:val="                                       "/>
               <w:listEntry w:val="Erasmus-Kittler-Schule"/>
               <w:listEntry w:val="Friedrich-List-Schule"/>
               <w:listEntry w:val="Heinrich-Emanuel-Merck-Schule"/>
               <w:listEntry w:val="Peter-Behrens-Schule"/>
               <w:listEntry w:val="Alice-Eleonoren-Schule"/>
               <w:listEntry w:val="Landrat-Gruber-Schule"/>
             </w:ddList>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00922F89" w:rsidRPr="009479CB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
       </w:r>
-      <w:r w:rsidR="00922F89" w:rsidRPr="009479CB">
+      <w:r w:rsidR="007D29EE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00922F89" w:rsidRPr="009479CB">
+      <w:r w:rsidR="007D29EE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00922F89" w:rsidRPr="009479CB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="009479CB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidR="00DD7084">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -15049,51 +15085,51 @@
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68848336" w14:textId="77777777" w:rsidR="009479CB" w:rsidRPr="00B741FA" w:rsidRDefault="00326D97" w:rsidP="00A826AB">
             <w:pPr>
               <w:ind w:left="-108" w:firstLine="108"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen13"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="007D29EE">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EAA9A37" w14:textId="77777777" w:rsidR="009479CB" w:rsidRPr="00B741FA" w:rsidRDefault="00B741FA" w:rsidP="00A826AB">
             <w:pPr>
               <w:ind w:right="-57"/>
             </w:pPr>
             <w:r>
               <w:t>Heinrich-Emanuel-Merck-Schule, Darmstadt</w:t>
             </w:r>
           </w:p>
@@ -15105,51 +15141,51 @@
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31EB0387" w14:textId="77777777" w:rsidR="009479CB" w:rsidRPr="00B741FA" w:rsidRDefault="00326D97" w:rsidP="00A826AB">
             <w:pPr>
               <w:ind w:right="-57"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="007D29EE">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009479CB" w:rsidRPr="00B741FA" w14:paraId="130C90C8" w14:textId="77777777" w:rsidTr="004F7810">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3316" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C328DF1" w14:textId="77777777" w:rsidR="009479CB" w:rsidRPr="00B741FA" w:rsidRDefault="00B741FA" w:rsidP="0029267E">
             <w:r>
               <w:t>Friedrich-List-Schule, Darmstadt</w:t>
             </w:r>
@@ -15162,51 +15198,51 @@
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A7C2BAB" w14:textId="77777777" w:rsidR="009479CB" w:rsidRPr="00B741FA" w:rsidRDefault="00326D97" w:rsidP="00A826AB">
             <w:pPr>
               <w:ind w:left="-108" w:firstLine="108"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="007D29EE">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18A42626" w14:textId="77777777" w:rsidR="009479CB" w:rsidRPr="00B741FA" w:rsidRDefault="00B741FA" w:rsidP="00A826AB">
             <w:pPr>
               <w:ind w:right="-57"/>
             </w:pPr>
             <w:r>
               <w:t>Landrat-Gruber-Schule, Dieburg</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -15217,51 +15253,51 @@
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C585046" w14:textId="77777777" w:rsidR="009479CB" w:rsidRPr="00B741FA" w:rsidRDefault="00326D97" w:rsidP="00A826AB">
             <w:pPr>
               <w:ind w:right="-57"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="007D29EE">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="641B0C2A" w14:textId="77777777" w:rsidR="009479CB" w:rsidRPr="009479CB" w:rsidRDefault="009479CB" w:rsidP="00FA5CBE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CAE9A58" w14:textId="77777777" w:rsidR="00C47DC7" w:rsidRPr="00FA5CBE" w:rsidRDefault="00C47DC7" w:rsidP="00D939F7">
       <w:pPr>
         <w:rPr>
           <w:b/>
@@ -15314,57 +15350,57 @@
             <w:bookmarkStart w:id="12" w:name="Kontrollkästchen11"/>
             <w:r w:rsidR="00326D97">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen11"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00326D97">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00326D97">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00326D97">
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00326D97">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
             <w:r w:rsidRPr="00AC5A29">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA5CBE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -15394,57 +15430,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00EA3B2C" w:rsidRPr="00FA5CBE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00EA3B2C" w:rsidRPr="00FA5CBE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -15501,57 +15537,57 @@
             <w:bookmarkStart w:id="13" w:name="Kontrollkästchen12"/>
             <w:r w:rsidR="00326D97">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen12"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00326D97">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00326D97">
-[...5 lines deleted...]
-            <w:r w:rsidR="00326D97">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00326D97">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
           </w:p>
           <w:p w14:paraId="505EB059" w14:textId="77777777" w:rsidR="00EA3B2C" w:rsidRPr="00DF63EE" w:rsidRDefault="00EA3B2C" w:rsidP="00326D97">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1165"/>
                 <w:tab w:val="left" w:pos="1602"/>
@@ -15586,57 +15622,57 @@
             </w:r>
             <w:r w:rsidR="00326D97">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00326D97">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00326D97">
-[...5 lines deleted...]
-            <w:r w:rsidR="00326D97">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00326D97">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BA038D2" w14:textId="77777777" w:rsidR="00EA3B2C" w:rsidRPr="00DF63EE" w:rsidRDefault="005035DF" w:rsidP="00326D97">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1165"/>
                 <w:tab w:val="left" w:pos="1602"/>
                 <w:tab w:val="left" w:pos="4268"/>
@@ -15664,57 +15700,57 @@
             </w:r>
             <w:r w:rsidR="00326D97">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00326D97">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00326D97">
-[...5 lines deleted...]
-            <w:r w:rsidR="00326D97">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00326D97">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2CB0BF1C" w14:textId="77777777" w:rsidR="00EA3B2C" w:rsidRPr="00DF63EE" w:rsidRDefault="00EA3B2C" w:rsidP="00326D97">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1165"/>
                 <w:tab w:val="left" w:pos="1602"/>
                 <w:tab w:val="left" w:pos="4437"/>
@@ -15750,57 +15786,57 @@
             </w:r>
             <w:r w:rsidR="00326D97">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00326D97">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00326D97">
-[...5 lines deleted...]
-            <w:r w:rsidR="00326D97">
+            <w:r w:rsidR="007D29EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00326D97">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA3B2C" w:rsidRPr="00DF63EE" w14:paraId="1B350F06" w14:textId="77777777" w:rsidTr="00022AE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10256" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0AC74F2C" w14:textId="77777777" w:rsidR="00EA3B2C" w:rsidRPr="00DF63EE" w:rsidRDefault="00326D97" w:rsidP="002D422C">
             <w:pPr>
               <w:rPr>
@@ -15810,57 +15846,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="007D29EE">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00EA3B2C" w:rsidRPr="00DF63EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A826AB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -16002,76 +16038,76 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Schulstempel</w:t>
       </w:r>
       <w:r w:rsidR="00BE1E2C" w:rsidRPr="00660D0A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009565F0" w:rsidRPr="00660D0A" w:rsidSect="0055302D">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="284" w:right="624" w:bottom="284" w:left="1021" w:header="0" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="233A8423" w14:textId="77777777" w:rsidR="008D05DC" w:rsidRDefault="008D05DC" w:rsidP="00F11E08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7526BDBC" w14:textId="77777777" w:rsidR="008D05DC" w:rsidRDefault="008D05DC" w:rsidP="00F11E08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -16088,51 +16124,51 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="2B545AE9" w14:textId="77777777" w:rsidR="008D05DC" w:rsidRPr="003D230B" w:rsidRDefault="008D05DC" w:rsidP="00F11E08">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003D230B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r w:rsidRPr="003D230B">
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="003D230B">
@@ -16199,92 +16235,92 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00251B89">
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="003D230B">
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="72D7B280" w14:textId="77777777" w:rsidR="008D05DC" w:rsidRDefault="008D05DC" w:rsidP="00F11E08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="732C71D3" w14:textId="77777777" w:rsidR="008D05DC" w:rsidRDefault="008D05DC" w:rsidP="00F11E08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="647AB1C4" w14:textId="77777777" w:rsidR="008D05DC" w:rsidRDefault="008D05DC">
       <w:pPr>
         <w:pStyle w:val="Funotentext"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Funotenzeichen"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Weitere Angaben ggf. auf der Rückseite.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="115E0031"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F88C49C"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -17484,93 +17520,94 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2068986691">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1192835961">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1115947971">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="721756559">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1085613119">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2072804157">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1908883896">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="811336282">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="625890565">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="337847297">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1008679612">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="269556870">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="iUHiYfBmdJfdkBOHsF3/fg43u8Se1KK31mZnpRfzND1FMW7vDss4qhbTEpXe4rjisrs86DHyil+fqB32Kmn9jg==" w:salt="d59gRyEsPBssU7HQWMKYFg=="/>
+  <w:proofState w:spelling="clean"/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="205825"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C620DC"/>
     <w:rsid w:val="000059E7"/>
@@ -17585,51 +17622,50 @@
     <w:rsid w:val="00071634"/>
     <w:rsid w:val="0009626E"/>
     <w:rsid w:val="000D49A8"/>
     <w:rsid w:val="000D5F12"/>
     <w:rsid w:val="000D6668"/>
     <w:rsid w:val="000E0734"/>
     <w:rsid w:val="000E6249"/>
     <w:rsid w:val="000E7379"/>
     <w:rsid w:val="000F002F"/>
     <w:rsid w:val="000F1D4D"/>
     <w:rsid w:val="000F2C24"/>
     <w:rsid w:val="000F50EA"/>
     <w:rsid w:val="00101DE6"/>
     <w:rsid w:val="00111EC4"/>
     <w:rsid w:val="0011423B"/>
     <w:rsid w:val="001178BF"/>
     <w:rsid w:val="0012448E"/>
     <w:rsid w:val="00135A42"/>
     <w:rsid w:val="00146049"/>
     <w:rsid w:val="00146F1C"/>
     <w:rsid w:val="00161B8A"/>
     <w:rsid w:val="001714DE"/>
     <w:rsid w:val="001724E2"/>
     <w:rsid w:val="00191A97"/>
     <w:rsid w:val="00192D70"/>
-    <w:rsid w:val="001C3EF4"/>
     <w:rsid w:val="001C5C75"/>
     <w:rsid w:val="001E07A2"/>
     <w:rsid w:val="001E32BD"/>
     <w:rsid w:val="001E353C"/>
     <w:rsid w:val="00212095"/>
     <w:rsid w:val="002161EB"/>
     <w:rsid w:val="00231072"/>
     <w:rsid w:val="00233AC2"/>
     <w:rsid w:val="00251B89"/>
     <w:rsid w:val="00257191"/>
     <w:rsid w:val="0026564A"/>
     <w:rsid w:val="002666C4"/>
     <w:rsid w:val="00270139"/>
     <w:rsid w:val="00276630"/>
     <w:rsid w:val="0027799D"/>
     <w:rsid w:val="00284AC5"/>
     <w:rsid w:val="0029205E"/>
     <w:rsid w:val="0029267E"/>
     <w:rsid w:val="00294218"/>
     <w:rsid w:val="00294B63"/>
     <w:rsid w:val="00295DA7"/>
     <w:rsid w:val="002A11CB"/>
     <w:rsid w:val="002A2006"/>
     <w:rsid w:val="002A2D74"/>
     <w:rsid w:val="002A571D"/>
@@ -17725,94 +17761,93 @@
     <w:rsid w:val="006A44E6"/>
     <w:rsid w:val="006B7849"/>
     <w:rsid w:val="006C3C1F"/>
     <w:rsid w:val="006E1FF2"/>
     <w:rsid w:val="007016A7"/>
     <w:rsid w:val="00703381"/>
     <w:rsid w:val="00704F9B"/>
     <w:rsid w:val="00707B9A"/>
     <w:rsid w:val="00725A5C"/>
     <w:rsid w:val="00726F93"/>
     <w:rsid w:val="00730C04"/>
     <w:rsid w:val="007324DA"/>
     <w:rsid w:val="007351BF"/>
     <w:rsid w:val="00737407"/>
     <w:rsid w:val="00737CF9"/>
     <w:rsid w:val="00745237"/>
     <w:rsid w:val="00753C69"/>
     <w:rsid w:val="00784516"/>
     <w:rsid w:val="0078749A"/>
     <w:rsid w:val="00790234"/>
     <w:rsid w:val="0079146F"/>
     <w:rsid w:val="007B0B3F"/>
     <w:rsid w:val="007B31BB"/>
     <w:rsid w:val="007C1183"/>
     <w:rsid w:val="007C384E"/>
+    <w:rsid w:val="007D29EE"/>
     <w:rsid w:val="007E712A"/>
     <w:rsid w:val="007F0782"/>
     <w:rsid w:val="007F4794"/>
     <w:rsid w:val="008001FA"/>
     <w:rsid w:val="00801A31"/>
     <w:rsid w:val="008118E2"/>
     <w:rsid w:val="00824D00"/>
     <w:rsid w:val="0083683F"/>
     <w:rsid w:val="00845284"/>
     <w:rsid w:val="00850C05"/>
     <w:rsid w:val="00851159"/>
     <w:rsid w:val="00855474"/>
     <w:rsid w:val="00861772"/>
     <w:rsid w:val="008679A6"/>
     <w:rsid w:val="00887BB9"/>
     <w:rsid w:val="008A2A25"/>
     <w:rsid w:val="008C6E10"/>
     <w:rsid w:val="008D05DC"/>
     <w:rsid w:val="008D7862"/>
     <w:rsid w:val="008E3B63"/>
-    <w:rsid w:val="008F1075"/>
     <w:rsid w:val="00901B5C"/>
     <w:rsid w:val="00903F04"/>
     <w:rsid w:val="009212E3"/>
     <w:rsid w:val="00922225"/>
     <w:rsid w:val="00922F89"/>
     <w:rsid w:val="00924F7B"/>
     <w:rsid w:val="00932A09"/>
     <w:rsid w:val="009425F7"/>
     <w:rsid w:val="009435D7"/>
     <w:rsid w:val="00944BBD"/>
     <w:rsid w:val="009479CB"/>
     <w:rsid w:val="0095292D"/>
     <w:rsid w:val="00953723"/>
     <w:rsid w:val="009565F0"/>
     <w:rsid w:val="0096325D"/>
     <w:rsid w:val="00967B89"/>
     <w:rsid w:val="00976E6B"/>
     <w:rsid w:val="00980208"/>
     <w:rsid w:val="009A5AF0"/>
     <w:rsid w:val="009A7F59"/>
     <w:rsid w:val="009A7FAE"/>
     <w:rsid w:val="009B4AEB"/>
-    <w:rsid w:val="009C16FC"/>
     <w:rsid w:val="009C4BEC"/>
     <w:rsid w:val="009C654D"/>
     <w:rsid w:val="009D0E55"/>
     <w:rsid w:val="009E1F17"/>
     <w:rsid w:val="009E35DC"/>
     <w:rsid w:val="00A01FD3"/>
     <w:rsid w:val="00A04526"/>
     <w:rsid w:val="00A11567"/>
     <w:rsid w:val="00A12BCA"/>
     <w:rsid w:val="00A13B3C"/>
     <w:rsid w:val="00A30E3A"/>
     <w:rsid w:val="00A37E88"/>
     <w:rsid w:val="00A42BFA"/>
     <w:rsid w:val="00A43FEA"/>
     <w:rsid w:val="00A55DF7"/>
     <w:rsid w:val="00A57565"/>
     <w:rsid w:val="00A62607"/>
     <w:rsid w:val="00A826AB"/>
     <w:rsid w:val="00A834A9"/>
     <w:rsid w:val="00AA56D2"/>
     <w:rsid w:val="00AC5A29"/>
     <w:rsid w:val="00AE58F6"/>
     <w:rsid w:val="00AE6F59"/>
     <w:rsid w:val="00AF0EA5"/>
     <w:rsid w:val="00AF39E0"/>
@@ -17852,68 +17887,68 @@
     <w:rsid w:val="00C34083"/>
     <w:rsid w:val="00C41D8A"/>
     <w:rsid w:val="00C43D08"/>
     <w:rsid w:val="00C47DC7"/>
     <w:rsid w:val="00C620DC"/>
     <w:rsid w:val="00C634E9"/>
     <w:rsid w:val="00C63E93"/>
     <w:rsid w:val="00C6545C"/>
     <w:rsid w:val="00C76B9F"/>
     <w:rsid w:val="00C874F4"/>
     <w:rsid w:val="00C9780A"/>
     <w:rsid w:val="00CB0627"/>
     <w:rsid w:val="00CB1CCF"/>
     <w:rsid w:val="00CC357E"/>
     <w:rsid w:val="00CC4448"/>
     <w:rsid w:val="00CC5A47"/>
     <w:rsid w:val="00CD0F5C"/>
     <w:rsid w:val="00CD47EE"/>
     <w:rsid w:val="00CD712B"/>
     <w:rsid w:val="00CF158E"/>
     <w:rsid w:val="00CF7744"/>
     <w:rsid w:val="00D019BF"/>
     <w:rsid w:val="00D03188"/>
     <w:rsid w:val="00D2305F"/>
     <w:rsid w:val="00D23CB8"/>
-    <w:rsid w:val="00D245A6"/>
     <w:rsid w:val="00D26F1E"/>
     <w:rsid w:val="00D31451"/>
     <w:rsid w:val="00D33F64"/>
     <w:rsid w:val="00D4074E"/>
     <w:rsid w:val="00D552FF"/>
     <w:rsid w:val="00D5681B"/>
     <w:rsid w:val="00D67EC8"/>
     <w:rsid w:val="00D75F07"/>
     <w:rsid w:val="00D828C4"/>
     <w:rsid w:val="00D939F7"/>
     <w:rsid w:val="00DA783E"/>
     <w:rsid w:val="00DB200C"/>
     <w:rsid w:val="00DB75B5"/>
     <w:rsid w:val="00DC1149"/>
     <w:rsid w:val="00DC1A00"/>
     <w:rsid w:val="00DD1271"/>
     <w:rsid w:val="00DD56AA"/>
+    <w:rsid w:val="00DD5D3C"/>
     <w:rsid w:val="00DD7084"/>
     <w:rsid w:val="00DF63EE"/>
     <w:rsid w:val="00E17265"/>
     <w:rsid w:val="00E341B7"/>
     <w:rsid w:val="00E35111"/>
     <w:rsid w:val="00E44AD8"/>
     <w:rsid w:val="00E515E7"/>
     <w:rsid w:val="00E73F4D"/>
     <w:rsid w:val="00E92C3E"/>
     <w:rsid w:val="00EA0CBC"/>
     <w:rsid w:val="00EA3B2C"/>
     <w:rsid w:val="00EA3B4C"/>
     <w:rsid w:val="00EB1D6E"/>
     <w:rsid w:val="00EC02D2"/>
     <w:rsid w:val="00EC2822"/>
     <w:rsid w:val="00EF0D7D"/>
     <w:rsid w:val="00EF45F3"/>
     <w:rsid w:val="00EF76B4"/>
     <w:rsid w:val="00F02157"/>
     <w:rsid w:val="00F113E4"/>
     <w:rsid w:val="00F11E08"/>
     <w:rsid w:val="00F177E0"/>
     <w:rsid w:val="00F17A8A"/>
     <w:rsid w:val="00F25517"/>
     <w:rsid w:val="00F3699C"/>
@@ -17936,51 +17971,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="205825"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4369916C"/>
   <w15:docId w15:val="{E42B0E34-0C9E-4AAE-B30F-85F605FA39EA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -18549,51 +18584,51 @@
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Tabellenraster11">
     <w:name w:val="Tabellenraster11"/>
     <w:basedOn w:val="NormaleTabelle"/>
     <w:next w:val="Tabellenraster"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00231072"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="909657732">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1208447338">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -18916,70 +18951,70 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64E63A46-B512-43A9-A4D6-3D2C3E72F1F4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>1326</Words>
-  <Characters>8361</Characters>
+  <Characters>8360</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>69</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Land Hessen</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9668</CharactersWithSpaces>
+  <CharactersWithSpaces>9667</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Fritsch, Andrea (SSA DA)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>