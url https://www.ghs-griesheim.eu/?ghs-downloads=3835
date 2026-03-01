--- v0 (2025-10-14)
+++ v1 (2026-03-01)
@@ -3,71 +3,71 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="3ECCBF1F" w14:textId="77777777" w:rsidR="00CA3515" w:rsidRDefault="00CA3515" w:rsidP="00B110C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
         <w:t>BzB</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FCCEF5D" w14:textId="3A21CEDD" w:rsidR="008118E2" w:rsidRPr="00253D81" w:rsidRDefault="00CA3515" w:rsidP="001F0505">
+    <w:p w14:paraId="4FCCEF5D" w14:textId="0F16B4DE" w:rsidR="008118E2" w:rsidRPr="00253D81" w:rsidRDefault="00CA3515" w:rsidP="001F0505">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253D81">
         <w:rPr>
           <w:b/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
         <w:t xml:space="preserve">Bewerbungsformular für die Bildungsgänge zur Berufsvorbereitung (BzB) </w:t>
       </w:r>
       <w:r w:rsidRPr="00253D81">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:drawing>
@@ -140,73 +140,73 @@
       </w:r>
       <w:r w:rsidR="000A2D10" w:rsidRPr="00253D81">
         <w:rPr>
           <w:b/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="008118E2" w:rsidRPr="00253D81">
         <w:rPr>
           <w:b/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
         <w:t>chuljahr 20</w:t>
       </w:r>
       <w:r w:rsidR="006A6B9F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00783C95">
+      <w:r w:rsidR="004C7F1D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="006A6B9F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidR="00783C95">
+      <w:r w:rsidR="004C7F1D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00974EF6" w:rsidRPr="00253D81">
         <w:rPr>
           <w:b/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="10247" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5223"/>
         <w:gridCol w:w="5024"/>
       </w:tblGrid>
       <w:tr w:rsidR="00774FC9" w:rsidRPr="002A60FA" w14:paraId="510369FF" w14:textId="77777777" w:rsidTr="00774FC9">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
@@ -401,57 +401,57 @@
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="[Hier bitte die entsprechende Schule auswählen]"/>
                   <w:ddList>
                     <w:listEntry w:val="     "/>
                     <w:listEntry w:val="Alice-Eleonoren-Schule"/>
                     <w:listEntry w:val="Friedrich-List-Schule"/>
                     <w:listEntry w:val="Heinr.-Emanuel-Merck-Schule"/>
                     <w:listEntry w:val="Martin-Behaim-Schule"/>
                     <w:listEntry w:val="Landrat-Gruber-Schule"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="0029560E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5024" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="37651820" w14:textId="77777777" w:rsidR="00323DF1" w:rsidRPr="002A60FA" w:rsidRDefault="00323DF1" w:rsidP="00807F75">
             <w:pPr>
@@ -623,57 +623,57 @@
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="[Hier bitte die entsprechende Schule auswählen]"/>
                   <w:ddList>
                     <w:listEntry w:val="     "/>
                     <w:listEntry w:val="Alice-Eleonoren-Schule"/>
                     <w:listEntry w:val="Friedrich-List-Schule"/>
                     <w:listEntry w:val="Heinr.-Emanuel-Merck-Schule"/>
                     <w:listEntry w:val="Martin-Behaim-Schule"/>
                     <w:listEntry w:val="Landrat-Gruber-Schule"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="0029560E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5024" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="023B3F97" w14:textId="77777777" w:rsidR="00DE0B49" w:rsidRPr="002A60FA" w:rsidRDefault="00DE0B49" w:rsidP="00DE0B49">
             <w:pPr>
@@ -1094,70 +1094,70 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00323DF1" w:rsidRPr="0020479F" w14:paraId="475B21BC" w14:textId="77777777" w:rsidTr="001F0505">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4032969C" w14:textId="18975A6A" w:rsidR="00323DF1" w:rsidRPr="0020479F" w:rsidRDefault="00EB3493" w:rsidP="00535AF3">
+          <w:p w14:paraId="4032969C" w14:textId="0C64AA1C" w:rsidR="00323DF1" w:rsidRPr="0020479F" w:rsidRDefault="00EB3493" w:rsidP="00535AF3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Alter am 01.08.202</w:t>
             </w:r>
-            <w:r w:rsidR="00783C95">
-[...4 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="0029560E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00323DF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FC8B403" w14:textId="77777777" w:rsidR="00323DF1" w:rsidRPr="0020479F" w:rsidRDefault="00323DF1" w:rsidP="00323DF1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -1270,57 +1270,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidRPr="0020479F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1329,57 +1329,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A20E7" w14:paraId="207BE9FB" w14:textId="77777777" w:rsidTr="001F0505">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="425"/>
@@ -1625,57 +1625,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  Lernen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1692,109 +1692,109 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  Hören                        </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="001266EA">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -1811,57 +1811,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  emotional/sozial</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1871,57 +1871,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  Sehen</w:t>
             </w:r>
             <w:r w:rsidR="00FF6932">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1930,57 +1930,57 @@
             <w:r w:rsidR="00FF6932" w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00FF6932" w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FF6932" w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00FF6932" w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00FF6932" w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00FF6932">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00FF6932" w:rsidRPr="00316043">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -2021,57 +2021,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00344AC6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -2143,57 +2143,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2217,57 +2217,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  Förderschule</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F0505" w:rsidRPr="00AC7EF6" w14:paraId="43506BC3" w14:textId="77777777" w:rsidTr="001F0505">
         <w:trPr>
@@ -2330,265 +2330,265 @@
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  A2      </w:t>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  B1      </w:t>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  B2      </w:t>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  C1       </w:t>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008D0CB6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008D0CB6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  C2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E666A" w:rsidRPr="0020479F" w14:paraId="7335C09A" w14:textId="77777777" w:rsidTr="001F0505">
         <w:trPr>
@@ -2668,57 +2668,57 @@
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2736,57 +2736,57 @@
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2850,57 +2850,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  kein </w:t>
             </w:r>
             <w:r w:rsidRPr="002F6D15">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2917,57 +2917,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  berufsorientiert</w:t>
             </w:r>
             <w:r w:rsidRPr="002F6D15">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2998,57 +2998,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="002F6D15">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  Hauptschulabsch</w:t>
             </w:r>
             <w:r w:rsidR="001F0505">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3065,57 +3065,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="002F6D15">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3154,57 +3154,57 @@
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7EF6">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7EF6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="002F6D15">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3797,252 +3797,223 @@
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2438" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="24370639" w14:textId="77777777" w:rsidR="002A315F" w:rsidRPr="00CA3515" w:rsidRDefault="002A315F" w:rsidP="00C34083">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA3515">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Diesem Bewerbungsformular sind beizufügen:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DF67E8A" w14:textId="26D1CF63" w:rsidR="002A315F" w:rsidRPr="00E87E04" w:rsidRDefault="002A315F" w:rsidP="003E74A6">
-[...1 lines deleted...]
-              <w:ind w:left="284" w:hanging="284"/>
+          <w:p w14:paraId="6DF67E8A" w14:textId="77777777" w:rsidR="002A315F" w:rsidRPr="00E87E04" w:rsidRDefault="002A315F" w:rsidP="00E87E04">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00E87E04">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tabellarischer Lebenslauf mit Passbild</w:t>
             </w:r>
-            <w:r w:rsidR="003E74A6">
-[...7 lines deleted...]
-          <w:p w14:paraId="24615910" w14:textId="003FCDEF" w:rsidR="002A315F" w:rsidRPr="00E87E04" w:rsidRDefault="002A315F" w:rsidP="00E87E04">
+          </w:p>
+          <w:p w14:paraId="24615910" w14:textId="77777777" w:rsidR="002A315F" w:rsidRPr="00E87E04" w:rsidRDefault="002A315F" w:rsidP="00E87E04">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E87E04">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E87E04">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E87E04">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00E87E04">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E87E04">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00E87E04">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Rücklaufbogen (S. 4</w:t>
-[...20 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Rücklaufbogen (S. 4) in zweifacher Ausfertigung</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="45A28810" w14:textId="77777777" w:rsidR="002A315F" w:rsidRDefault="002A315F" w:rsidP="00E87E04">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00E87E04">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4088,57 +4059,57 @@
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="008E1D92" w:rsidRPr="00231E58">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4214,57 +4185,57 @@
             <w:r w:rsidRPr="00231E58">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00231E58">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00231E58">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00231E58">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00231E58">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00231E58">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00231E58">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4305,57 +4276,57 @@
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="001E5086">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001E5086">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00E87E04">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4370,89 +4341,89 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="50CF5B6A" w14:textId="77777777" w:rsidR="002A315F" w:rsidRPr="002A315F" w:rsidRDefault="002A315F" w:rsidP="00FB52FE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB52FE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Abgabefrist:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1518" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3DF2E25A" w14:textId="64620712" w:rsidR="002A315F" w:rsidRDefault="0072423B" w:rsidP="002A315F">
+          <w:p w14:paraId="3DF2E25A" w14:textId="36DE7731" w:rsidR="002A315F" w:rsidRDefault="0072423B" w:rsidP="002A315F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Bis </w:t>
             </w:r>
             <w:r w:rsidR="000A0D7B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>zum</w:t>
             </w:r>
             <w:r w:rsidR="00DB3A78">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 30.04.202</w:t>
             </w:r>
-            <w:r w:rsidR="00783C95">
+            <w:r w:rsidR="004C7F1D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> an der Beruflichen Schule</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29E25F4D" w14:textId="77777777" w:rsidR="0072423B" w:rsidRDefault="0072423B" w:rsidP="002A315F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
@@ -4514,138 +4485,146 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="45DF67B7" w14:textId="77777777" w:rsidR="0072423B" w:rsidRPr="00FB52FE" w:rsidRDefault="0072423B" w:rsidP="004B30A9">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Übergangskonferenzen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1518" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="269AAEA0" w14:textId="0730D308" w:rsidR="0072423B" w:rsidRDefault="00F96582" w:rsidP="004B30A9">
+          <w:p w14:paraId="269AAEA0" w14:textId="08F67ECB" w:rsidR="0072423B" w:rsidRDefault="00F96582" w:rsidP="004B30A9">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>am 2</w:t>
             </w:r>
+            <w:r w:rsidR="00AB7455">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.04./</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB7455">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.04./</w:t>
+            </w:r>
             <w:r w:rsidR="00783C95">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>9</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB7455">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>.04./</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00783C95">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>30</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB7455">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>.04./</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00783C95">
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB3A78">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>02</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB7455">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>.0</w:t>
-[...23 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="0072423B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A315F" w14:paraId="49B2D3A3" w14:textId="77777777" w:rsidTr="0072423B">
         <w:trPr>
           <w:trHeight w:val="718"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2438" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="3E7A6C31" w14:textId="77777777" w:rsidR="002A315F" w:rsidRPr="00CA3515" w:rsidRDefault="002A315F" w:rsidP="00C34083">
             <w:pPr>
               <w:rPr>
                 <w:b/>
@@ -4666,141 +4645,141 @@
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB52FE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Entscheidung über die Aufnahme oder Ablehnung:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1518" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7698C75B" w14:textId="1D62FA89" w:rsidR="002A315F" w:rsidRPr="002A60FA" w:rsidRDefault="002A315F" w:rsidP="002A315F">
+          <w:p w14:paraId="7698C75B" w14:textId="64986805" w:rsidR="002A315F" w:rsidRPr="002A60FA" w:rsidRDefault="002A315F" w:rsidP="002A315F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00231E58">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Bis zum </w:t>
             </w:r>
             <w:r w:rsidR="00402DD2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
             <w:r w:rsidR="00DB3A78">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.05.202</w:t>
             </w:r>
-            <w:r w:rsidR="00783C95">
+            <w:r w:rsidR="00AB7455">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="001728B1" w:rsidRPr="00FD18BE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="00FD18BE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001728B1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>über den</w:t>
             </w:r>
             <w:r w:rsidRPr="002A60FA">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rücklaufbogen an die Eltern und die abgebenden Schulen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E24ED5C" w14:textId="77777777" w:rsidR="002A315F" w:rsidRPr="00FB52FE" w:rsidRDefault="002A315F" w:rsidP="00FB52FE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6C6DFFA9" w14:textId="77777777" w:rsidR="009F04CB" w:rsidRPr="002A60FA" w:rsidRDefault="00CA3515" w:rsidP="003E74A6">
-[...1 lines deleted...]
-        <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="6C6DFFA9" w14:textId="77777777" w:rsidR="009F04CB" w:rsidRPr="002A60FA" w:rsidRDefault="00CA3515" w:rsidP="00253D81">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Die Bewerbung wird nur bearbeitet, wenn alle Bewerbungsunterlagen vollständig enthalten sind und ein Lebenslauf mit aktuellem Passbild beigefügt ist.</w:t>
       </w:r>
       <w:r w:rsidR="00C557E0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00562BC3" w:rsidRPr="009E1F17">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -12395,51 +12374,51 @@
         <w:t>** Die berufliche Orientierung erfolgt an der Landrat-Gruber-Schule in mindestens drei verschiedenen Berufsfeldern.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A04F236" w14:textId="77777777" w:rsidR="00F105F0" w:rsidRDefault="00F105F0">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3ACCF0A9" w14:textId="77777777" w:rsidR="00DE0B49" w:rsidRDefault="00DE0B49">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:sectPr w:rsidR="00DE0B49" w:rsidSect="00321284">
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="568" w:right="851" w:bottom="142" w:left="425" w:header="709" w:footer="201" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63396493" w14:textId="4ACCCB98" w:rsidR="00A660FD" w:rsidRDefault="007C3CE6" w:rsidP="00621C67">
+    <w:p w14:paraId="63396493" w14:textId="3B1C300C" w:rsidR="00A660FD" w:rsidRDefault="007C3CE6" w:rsidP="00621C67">
       <w:pPr>
         <w:spacing w:before="480" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC00BC">
         <w:rPr>
           <w:i/>
           <w:noProof/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36E45AA2" wp14:editId="7175DCBA">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>5750560</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>161925</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="699770" cy="871220"/>
             <wp:effectExtent l="0" t="0" r="5080" b="5080"/>
             <wp:wrapSquare wrapText="bothSides"/>
@@ -12479,73 +12458,73 @@
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="002A6613">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Rücklaufbogen </w:t>
       </w:r>
       <w:r w:rsidR="00F96582">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00783C95">
+      <w:r w:rsidR="00AB7455">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00252851">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidR="00783C95">
+      <w:r w:rsidR="00AB7455">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="003226D4" w:rsidRPr="007D2D61">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> zu</w:t>
       </w:r>
       <w:r w:rsidR="003226D4" w:rsidRPr="00DC00BC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bewerbungen</w:t>
       </w:r>
       <w:r w:rsidR="003226D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> für die </w:t>
       </w:r>
@@ -13691,51 +13670,51 @@
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="694C3A2F" w14:textId="77777777" w:rsidR="007C3CE6" w:rsidRPr="00B741FA" w:rsidRDefault="002A7202" w:rsidP="007C3CE6">
             <w:pPr>
               <w:ind w:left="-108" w:firstLine="108"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen13"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="0029560E">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C610DFE" w14:textId="77777777" w:rsidR="007C3CE6" w:rsidRPr="00B741FA" w:rsidRDefault="007C3CE6" w:rsidP="007C3CE6">
             <w:pPr>
               <w:ind w:right="-57"/>
             </w:pPr>
             <w:r>
               <w:t>Martin-Behaim-Schule, Darmstadt</w:t>
             </w:r>
           </w:p>
@@ -13747,51 +13726,51 @@
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="226298D9" w14:textId="77777777" w:rsidR="007C3CE6" w:rsidRPr="00B741FA" w:rsidRDefault="002A7202" w:rsidP="007C3CE6">
             <w:pPr>
               <w:ind w:right="-57"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="0029560E">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C3CE6" w:rsidRPr="00B741FA" w14:paraId="27F2B0EC" w14:textId="77777777" w:rsidTr="00F2570D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4026" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67A75C9F" w14:textId="77777777" w:rsidR="007C3CE6" w:rsidRPr="00B741FA" w:rsidRDefault="007C3CE6" w:rsidP="007C3CE6">
             <w:r>
               <w:t>Friedrich-List-Schule, Darmstadt</w:t>
             </w:r>
@@ -13804,51 +13783,51 @@
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A992764" w14:textId="77777777" w:rsidR="007C3CE6" w:rsidRPr="00B741FA" w:rsidRDefault="002A7202" w:rsidP="007C3CE6">
             <w:pPr>
               <w:ind w:left="-108" w:firstLine="108"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="0029560E">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0088E2D3" w14:textId="77777777" w:rsidR="007C3CE6" w:rsidRPr="00B741FA" w:rsidRDefault="007C3CE6" w:rsidP="007C3CE6">
             <w:pPr>
               <w:ind w:right="-57"/>
             </w:pPr>
             <w:r>
               <w:t>Landrat-Gruber-Schule, Dieburg</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -13859,51 +13838,51 @@
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E7274AC" w14:textId="77777777" w:rsidR="007C3CE6" w:rsidRPr="00B741FA" w:rsidRDefault="002A7202" w:rsidP="007C3CE6">
             <w:pPr>
               <w:ind w:right="-57"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="0029560E">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C16CA3" w:rsidRPr="00B741FA" w14:paraId="5EB26C06" w14:textId="77777777" w:rsidTr="00F2570D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4026" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="247A02D3" w14:textId="77777777" w:rsidR="00C16CA3" w:rsidRDefault="00C16CA3" w:rsidP="00C16CA3">
             <w:r>
               <w:t>Heinr.-Emanuel-Merck-Schule, Darmstadt</w:t>
             </w:r>
@@ -13916,51 +13895,51 @@
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77CB1381" w14:textId="77777777" w:rsidR="00C16CA3" w:rsidRDefault="00C16CA3" w:rsidP="007C3CE6">
             <w:pPr>
               <w:ind w:left="-108" w:firstLine="108"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="0029560E">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44B842EC" w14:textId="77777777" w:rsidR="00C16CA3" w:rsidRDefault="00C16CA3" w:rsidP="007C3CE6">
             <w:pPr>
               <w:ind w:right="-57"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="572" w:type="dxa"/>
@@ -14043,57 +14022,57 @@
             <w:bookmarkStart w:id="5" w:name="Kontrollkästchen11"/>
             <w:r w:rsidR="002A7202">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen11"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="002A7202">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="002A7202">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002A7202">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="002A7202">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
             <w:r w:rsidRPr="00AC5A29">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA5CBE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -14123,57 +14102,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00AC5A29">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC5A29">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC5A29">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC5A29">
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC5A29">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00FA5CBE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA5CBE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -14196,100 +14175,91 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="425C9C47" w14:textId="77777777" w:rsidR="007C3CE6" w:rsidRPr="00DF63EE" w:rsidRDefault="007C3CE6" w:rsidP="003226D4">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1165"/>
                 <w:tab w:val="left" w:pos="1602"/>
                 <w:tab w:val="left" w:pos="4437"/>
               </w:tabs>
               <w:ind w:left="1443" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF63EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kapazitäten </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">erschöpft  </w:t>
+              <w:t xml:space="preserve">Kapazitäten erschöpft  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Kontrollkästchen12"/>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="002A7202">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen12"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="002A7202">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="002A7202">
-[...5 lines deleted...]
-            <w:r w:rsidR="002A7202">
+            <w:r w:rsidR="0029560E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="002A7202">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
           <w:p w14:paraId="75E42967" w14:textId="77777777" w:rsidR="007C3CE6" w:rsidRPr="00DF63EE" w:rsidRDefault="00697756" w:rsidP="003226D4">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1165"/>
                 <w:tab w:val="left" w:pos="1602"/>
@@ -14324,57 +14294,57 @@
             </w:r>
             <w:r w:rsidR="002A7202">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="002A7202">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="002A7202">
-[...5 lines deleted...]
-            <w:r w:rsidR="002A7202">
+            <w:r w:rsidR="0029560E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="002A7202">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D155DE9" w14:textId="77777777" w:rsidR="007C3CE6" w:rsidRPr="00DF63EE" w:rsidRDefault="007C3CE6" w:rsidP="003226D4">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1165"/>
                 <w:tab w:val="left" w:pos="1602"/>
                 <w:tab w:val="left" w:pos="4268"/>
@@ -14409,152 +14379,143 @@
             </w:r>
             <w:r w:rsidR="002A7202">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="002A7202">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="002A7202">
-[...5 lines deleted...]
-            <w:r w:rsidR="002A7202">
+            <w:r w:rsidR="0029560E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="002A7202">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="47C09979" w14:textId="77777777" w:rsidR="007C3CE6" w:rsidRPr="00DF63EE" w:rsidRDefault="007C3CE6" w:rsidP="003226D4">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1165"/>
                 <w:tab w:val="left" w:pos="1602"/>
                 <w:tab w:val="left" w:pos="4437"/>
               </w:tabs>
               <w:ind w:left="1443" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF63EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sonstige </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve">Sonstige Gründe </w:t>
+            </w:r>
             <w:r w:rsidRPr="00DF63EE">
               <w:rPr>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-              <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="002A7202">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="002A7202">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="002A7202">
-[...5 lines deleted...]
-            <w:r w:rsidR="002A7202">
+            <w:r w:rsidR="0029560E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0029560E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="002A7202">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3BFE5DBD" w14:textId="77777777" w:rsidR="007C3CE6" w:rsidRDefault="007C3CE6" w:rsidP="007C3CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="285EFF77" w14:textId="77777777" w:rsidR="007D2D61" w:rsidRDefault="007D2D61" w:rsidP="007C3CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14605,76 +14566,76 @@
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00587E0C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00587E0C">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Schulstempel: </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007C3FDF" w:rsidSect="00621C67">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="284" w:right="624" w:bottom="284" w:left="1021" w:header="0" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="78FF0454" w14:textId="77777777" w:rsidR="006A6B9F" w:rsidRDefault="006A6B9F" w:rsidP="00F11E08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="005398B3" w14:textId="77777777" w:rsidR="006A6B9F" w:rsidRDefault="006A6B9F" w:rsidP="00F11E08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -14699,51 +14660,51 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="386DBEB3" w14:textId="77777777" w:rsidR="006A6B9F" w:rsidRPr="00FC20A4" w:rsidRDefault="006A6B9F" w:rsidP="00F11E08">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00FC20A4">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r w:rsidRPr="00FC20A4">
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00FC20A4">
@@ -14810,92 +14771,92 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00EB3493">
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00FC20A4">
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="51A1D0A4" w14:textId="77777777" w:rsidR="006A6B9F" w:rsidRDefault="006A6B9F" w:rsidP="00F11E08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="47E99C3A" w14:textId="77777777" w:rsidR="006A6B9F" w:rsidRDefault="006A6B9F" w:rsidP="00F11E08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="56642C81" w14:textId="77777777" w:rsidR="006A6B9F" w:rsidRDefault="006A6B9F" w:rsidP="007C3CE6">
       <w:pPr>
         <w:pStyle w:val="Funotentext"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Funotenzeichen"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Weitere Angaben ggf. auf der Rückseite.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AA05289"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70A62C82"/>
     <w:lvl w:ilvl="0" w:tplc="4CC0E7E8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="405" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1125" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16774,112 +16735,111 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="840892514">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="806168965">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="461115970">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="540870942">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="277686337">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="254095858">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1588271483">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1434547336">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="2097245991">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1702589210">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1260867646">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="362445072">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="605770361">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="212930027">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1036195352">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="636760268">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="785081184">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="2092196355">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="YTf33D32TAwWFqoIRFe5WL+V0Jt8OtnSdtE+ORozxWupXFIRa+yeiy+8Chgj8HQ6IrsEY4kJH/KpOl14PvYGyA==" w:salt="19ZzkCEJl95qHgPTRxq00g=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="187393"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C620DC"/>
     <w:rsid w:val="0000670B"/>
@@ -16925,172 +16885,171 @@
     <w:rsid w:val="001A1556"/>
     <w:rsid w:val="001A4A5C"/>
     <w:rsid w:val="001A560E"/>
     <w:rsid w:val="001B0135"/>
     <w:rsid w:val="001D04A2"/>
     <w:rsid w:val="001D2E7B"/>
     <w:rsid w:val="001E5086"/>
     <w:rsid w:val="001F0505"/>
     <w:rsid w:val="001F569B"/>
     <w:rsid w:val="001F6BF4"/>
     <w:rsid w:val="00202D71"/>
     <w:rsid w:val="0020479F"/>
     <w:rsid w:val="00211F35"/>
     <w:rsid w:val="002153C2"/>
     <w:rsid w:val="002309FA"/>
     <w:rsid w:val="00231E58"/>
     <w:rsid w:val="00234A15"/>
     <w:rsid w:val="00243190"/>
     <w:rsid w:val="00243C56"/>
     <w:rsid w:val="002465A8"/>
     <w:rsid w:val="00252851"/>
     <w:rsid w:val="00253D81"/>
     <w:rsid w:val="00255BF9"/>
     <w:rsid w:val="0026564A"/>
     <w:rsid w:val="00267880"/>
+    <w:rsid w:val="0029560E"/>
     <w:rsid w:val="00295EAF"/>
     <w:rsid w:val="002A1133"/>
     <w:rsid w:val="002A243D"/>
     <w:rsid w:val="002A315F"/>
     <w:rsid w:val="002A60FA"/>
     <w:rsid w:val="002A6613"/>
     <w:rsid w:val="002A7202"/>
     <w:rsid w:val="002B19FB"/>
     <w:rsid w:val="002B4954"/>
     <w:rsid w:val="002B7143"/>
     <w:rsid w:val="002B782A"/>
     <w:rsid w:val="002C2276"/>
     <w:rsid w:val="002C360A"/>
     <w:rsid w:val="002C499E"/>
     <w:rsid w:val="002D1087"/>
     <w:rsid w:val="002D422C"/>
     <w:rsid w:val="002E4D97"/>
     <w:rsid w:val="002F6D15"/>
     <w:rsid w:val="003001CB"/>
     <w:rsid w:val="00301E07"/>
     <w:rsid w:val="00315CFD"/>
     <w:rsid w:val="00316043"/>
     <w:rsid w:val="00316FD5"/>
     <w:rsid w:val="00321284"/>
     <w:rsid w:val="003226D4"/>
     <w:rsid w:val="00323DF1"/>
     <w:rsid w:val="003251E1"/>
     <w:rsid w:val="003342A8"/>
     <w:rsid w:val="0033578D"/>
     <w:rsid w:val="00344AC6"/>
     <w:rsid w:val="00344FB0"/>
     <w:rsid w:val="00350A3F"/>
     <w:rsid w:val="003679FF"/>
     <w:rsid w:val="0038326F"/>
     <w:rsid w:val="00384DCE"/>
     <w:rsid w:val="00397DE4"/>
     <w:rsid w:val="003A3E95"/>
     <w:rsid w:val="003A4807"/>
     <w:rsid w:val="003C0C69"/>
     <w:rsid w:val="003C1786"/>
     <w:rsid w:val="003D4800"/>
     <w:rsid w:val="003E11BB"/>
     <w:rsid w:val="003E1258"/>
-    <w:rsid w:val="003E74A6"/>
     <w:rsid w:val="003F0999"/>
     <w:rsid w:val="00400E83"/>
     <w:rsid w:val="0040165D"/>
     <w:rsid w:val="00402DD2"/>
     <w:rsid w:val="00405763"/>
     <w:rsid w:val="004202A2"/>
     <w:rsid w:val="00426429"/>
     <w:rsid w:val="004333D1"/>
     <w:rsid w:val="00433B06"/>
     <w:rsid w:val="00434320"/>
-    <w:rsid w:val="00437B8B"/>
     <w:rsid w:val="0044130F"/>
     <w:rsid w:val="00445951"/>
     <w:rsid w:val="004542B6"/>
     <w:rsid w:val="00456972"/>
     <w:rsid w:val="00465BC5"/>
     <w:rsid w:val="004702D3"/>
     <w:rsid w:val="0048442A"/>
     <w:rsid w:val="0049210D"/>
     <w:rsid w:val="00495925"/>
     <w:rsid w:val="004A1D3A"/>
     <w:rsid w:val="004A1F7A"/>
     <w:rsid w:val="004A2F3D"/>
     <w:rsid w:val="004A5714"/>
     <w:rsid w:val="004B0CBD"/>
     <w:rsid w:val="004B30A9"/>
     <w:rsid w:val="004B620E"/>
     <w:rsid w:val="004C0DED"/>
     <w:rsid w:val="004C1FFD"/>
+    <w:rsid w:val="004C7F1D"/>
     <w:rsid w:val="004D1490"/>
     <w:rsid w:val="004D2673"/>
     <w:rsid w:val="004D2D51"/>
     <w:rsid w:val="004E143A"/>
     <w:rsid w:val="004E3449"/>
     <w:rsid w:val="004F6C83"/>
     <w:rsid w:val="004F6F4D"/>
     <w:rsid w:val="00500E57"/>
     <w:rsid w:val="0051163F"/>
     <w:rsid w:val="005302C9"/>
     <w:rsid w:val="005307F6"/>
     <w:rsid w:val="005339D5"/>
     <w:rsid w:val="00535AF3"/>
     <w:rsid w:val="00544B8A"/>
     <w:rsid w:val="00556833"/>
     <w:rsid w:val="00562BC3"/>
     <w:rsid w:val="00587E0C"/>
     <w:rsid w:val="00590C6D"/>
     <w:rsid w:val="0059240A"/>
     <w:rsid w:val="005A30D7"/>
     <w:rsid w:val="005B534D"/>
     <w:rsid w:val="005C1E9E"/>
     <w:rsid w:val="005C4284"/>
     <w:rsid w:val="005E552D"/>
     <w:rsid w:val="005F412F"/>
     <w:rsid w:val="005F5430"/>
     <w:rsid w:val="005F654B"/>
     <w:rsid w:val="005F752C"/>
     <w:rsid w:val="00603EBF"/>
     <w:rsid w:val="00606F2E"/>
     <w:rsid w:val="00621C67"/>
     <w:rsid w:val="006221CE"/>
     <w:rsid w:val="00630AA0"/>
     <w:rsid w:val="006315E2"/>
     <w:rsid w:val="00633968"/>
     <w:rsid w:val="00634F94"/>
     <w:rsid w:val="00635F5B"/>
     <w:rsid w:val="00652250"/>
     <w:rsid w:val="006645A3"/>
     <w:rsid w:val="00681FB1"/>
     <w:rsid w:val="00690B49"/>
     <w:rsid w:val="00692E5B"/>
     <w:rsid w:val="0069388B"/>
     <w:rsid w:val="0069572A"/>
     <w:rsid w:val="00697756"/>
     <w:rsid w:val="006A46C8"/>
     <w:rsid w:val="006A6B9F"/>
     <w:rsid w:val="006A6EBF"/>
-    <w:rsid w:val="006B125F"/>
     <w:rsid w:val="006C4363"/>
     <w:rsid w:val="006C54CC"/>
     <w:rsid w:val="006C5A33"/>
     <w:rsid w:val="006D49BE"/>
     <w:rsid w:val="006E0E65"/>
     <w:rsid w:val="006E79D2"/>
     <w:rsid w:val="006F2431"/>
     <w:rsid w:val="006F27FF"/>
     <w:rsid w:val="006F2E8A"/>
     <w:rsid w:val="006F4C52"/>
     <w:rsid w:val="006F570B"/>
     <w:rsid w:val="006F7AC6"/>
     <w:rsid w:val="00703381"/>
     <w:rsid w:val="00707089"/>
     <w:rsid w:val="0071348A"/>
     <w:rsid w:val="0071534C"/>
     <w:rsid w:val="00722C7F"/>
     <w:rsid w:val="007235F5"/>
     <w:rsid w:val="0072423B"/>
     <w:rsid w:val="00725A5C"/>
     <w:rsid w:val="007324DA"/>
     <w:rsid w:val="00743F0B"/>
     <w:rsid w:val="007618D5"/>
     <w:rsid w:val="00764A3F"/>
     <w:rsid w:val="00773A4D"/>
@@ -17104,51 +17063,50 @@
     <w:rsid w:val="007A5E34"/>
     <w:rsid w:val="007C1183"/>
     <w:rsid w:val="007C3CE6"/>
     <w:rsid w:val="007C3FDF"/>
     <w:rsid w:val="007C7AD9"/>
     <w:rsid w:val="007D2D61"/>
     <w:rsid w:val="007E4EE4"/>
     <w:rsid w:val="007E6FFA"/>
     <w:rsid w:val="007E7379"/>
     <w:rsid w:val="007E75EA"/>
     <w:rsid w:val="008001FA"/>
     <w:rsid w:val="00807F75"/>
     <w:rsid w:val="008103DF"/>
     <w:rsid w:val="008118E2"/>
     <w:rsid w:val="008301A0"/>
     <w:rsid w:val="00831ECB"/>
     <w:rsid w:val="008337C0"/>
     <w:rsid w:val="0083683F"/>
     <w:rsid w:val="00836B64"/>
     <w:rsid w:val="008468C7"/>
     <w:rsid w:val="00850228"/>
     <w:rsid w:val="00866617"/>
     <w:rsid w:val="00866E12"/>
     <w:rsid w:val="008679A6"/>
     <w:rsid w:val="00881BE1"/>
-    <w:rsid w:val="008820CE"/>
     <w:rsid w:val="00883076"/>
     <w:rsid w:val="00887746"/>
     <w:rsid w:val="008A2A25"/>
     <w:rsid w:val="008B43A9"/>
     <w:rsid w:val="008C314C"/>
     <w:rsid w:val="008D0CB6"/>
     <w:rsid w:val="008D57A2"/>
     <w:rsid w:val="008D7862"/>
     <w:rsid w:val="008E04F5"/>
     <w:rsid w:val="008E1D92"/>
     <w:rsid w:val="008F02E4"/>
     <w:rsid w:val="008F0ADC"/>
     <w:rsid w:val="008F539F"/>
     <w:rsid w:val="00907B86"/>
     <w:rsid w:val="00910575"/>
     <w:rsid w:val="00910951"/>
     <w:rsid w:val="00913296"/>
     <w:rsid w:val="009212E3"/>
     <w:rsid w:val="00922225"/>
     <w:rsid w:val="00922379"/>
     <w:rsid w:val="00924F7B"/>
     <w:rsid w:val="009325B3"/>
     <w:rsid w:val="00933C7A"/>
     <w:rsid w:val="00940D0D"/>
     <w:rsid w:val="009434A3"/>
@@ -17177,53 +17135,53 @@
     <w:rsid w:val="00A05629"/>
     <w:rsid w:val="00A16EEE"/>
     <w:rsid w:val="00A213DE"/>
     <w:rsid w:val="00A25978"/>
     <w:rsid w:val="00A30B9C"/>
     <w:rsid w:val="00A30E3A"/>
     <w:rsid w:val="00A35007"/>
     <w:rsid w:val="00A400EB"/>
     <w:rsid w:val="00A442CA"/>
     <w:rsid w:val="00A461DD"/>
     <w:rsid w:val="00A478EA"/>
     <w:rsid w:val="00A5519B"/>
     <w:rsid w:val="00A57565"/>
     <w:rsid w:val="00A62607"/>
     <w:rsid w:val="00A63003"/>
     <w:rsid w:val="00A63842"/>
     <w:rsid w:val="00A660FD"/>
     <w:rsid w:val="00A75EDF"/>
     <w:rsid w:val="00A803C5"/>
     <w:rsid w:val="00A81B16"/>
     <w:rsid w:val="00A90139"/>
     <w:rsid w:val="00A9439F"/>
     <w:rsid w:val="00A97AC2"/>
     <w:rsid w:val="00AA6C7E"/>
     <w:rsid w:val="00AB27E4"/>
+    <w:rsid w:val="00AB7455"/>
     <w:rsid w:val="00AC23B4"/>
     <w:rsid w:val="00AC2572"/>
-    <w:rsid w:val="00AC2870"/>
     <w:rsid w:val="00AC6C46"/>
     <w:rsid w:val="00AC7EF6"/>
     <w:rsid w:val="00B018F2"/>
     <w:rsid w:val="00B06FDC"/>
     <w:rsid w:val="00B110C5"/>
     <w:rsid w:val="00B21938"/>
     <w:rsid w:val="00B316BB"/>
     <w:rsid w:val="00B347E8"/>
     <w:rsid w:val="00B34E15"/>
     <w:rsid w:val="00B45C27"/>
     <w:rsid w:val="00B47D74"/>
     <w:rsid w:val="00B609DD"/>
     <w:rsid w:val="00B80115"/>
     <w:rsid w:val="00B80A34"/>
     <w:rsid w:val="00B952AE"/>
     <w:rsid w:val="00B973AA"/>
     <w:rsid w:val="00BB226E"/>
     <w:rsid w:val="00BB327F"/>
     <w:rsid w:val="00BB717B"/>
     <w:rsid w:val="00BC7232"/>
     <w:rsid w:val="00BD35FD"/>
     <w:rsid w:val="00BD7A3C"/>
     <w:rsid w:val="00BE1E2C"/>
     <w:rsid w:val="00BE4219"/>
     <w:rsid w:val="00BE5B07"/>
@@ -17240,51 +17198,50 @@
     <w:rsid w:val="00C24CA1"/>
     <w:rsid w:val="00C34083"/>
     <w:rsid w:val="00C41075"/>
     <w:rsid w:val="00C43D08"/>
     <w:rsid w:val="00C47DC7"/>
     <w:rsid w:val="00C557E0"/>
     <w:rsid w:val="00C6158B"/>
     <w:rsid w:val="00C620DC"/>
     <w:rsid w:val="00C7662A"/>
     <w:rsid w:val="00C81CF7"/>
     <w:rsid w:val="00C84DCF"/>
     <w:rsid w:val="00C867EE"/>
     <w:rsid w:val="00CA3515"/>
     <w:rsid w:val="00CB1CCF"/>
     <w:rsid w:val="00CB3BC8"/>
     <w:rsid w:val="00CB4A41"/>
     <w:rsid w:val="00CC4448"/>
     <w:rsid w:val="00CD0F5C"/>
     <w:rsid w:val="00CD1043"/>
     <w:rsid w:val="00CD16F6"/>
     <w:rsid w:val="00CD2816"/>
     <w:rsid w:val="00CD667C"/>
     <w:rsid w:val="00CD712B"/>
     <w:rsid w:val="00CE6541"/>
     <w:rsid w:val="00CE77CB"/>
-    <w:rsid w:val="00CF0550"/>
     <w:rsid w:val="00CF18B9"/>
     <w:rsid w:val="00D06AB9"/>
     <w:rsid w:val="00D2305F"/>
     <w:rsid w:val="00D26F1E"/>
     <w:rsid w:val="00D303ED"/>
     <w:rsid w:val="00D41E9A"/>
     <w:rsid w:val="00D43EF8"/>
     <w:rsid w:val="00D50655"/>
     <w:rsid w:val="00D52557"/>
     <w:rsid w:val="00D548F9"/>
     <w:rsid w:val="00D56C32"/>
     <w:rsid w:val="00D6511E"/>
     <w:rsid w:val="00D67306"/>
     <w:rsid w:val="00D673ED"/>
     <w:rsid w:val="00D719F1"/>
     <w:rsid w:val="00D853BD"/>
     <w:rsid w:val="00D91F1D"/>
     <w:rsid w:val="00D92228"/>
     <w:rsid w:val="00D939F7"/>
     <w:rsid w:val="00DA0FEB"/>
     <w:rsid w:val="00DB3A78"/>
     <w:rsid w:val="00DB7090"/>
     <w:rsid w:val="00DC00BC"/>
     <w:rsid w:val="00DC41AA"/>
     <w:rsid w:val="00DC67A5"/>
@@ -17372,51 +17329,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="187393"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4DCEE594"/>
   <w15:docId w15:val="{4180679A-F3EB-47B5-84B5-E056C344F08A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -18085,51 +18042,51 @@
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="002C499E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift3Zchn">
     <w:name w:val="Überschrift 3 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="008E1D92"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="776213615">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1064644845">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -18504,70 +18461,70 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B98EBFBF-6B79-4B78-90FE-632ABEA562FF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1286</Words>
-  <Characters>8105</Characters>
+  <Words>1282</Words>
+  <Characters>8080</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>67</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Land Hessen</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9373</CharactersWithSpaces>
+  <CharactersWithSpaces>9344</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Fritsch, Andrea (SSA DA)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>